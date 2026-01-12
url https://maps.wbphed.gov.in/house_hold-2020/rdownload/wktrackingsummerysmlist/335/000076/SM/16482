--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -245,63 +245,66 @@
   <si>
     <t>M/S GOUTAM DAS</t>
   </si>
   <si>
     <t>Hiring of one no Diesel Motor Cab (BS-VI) including the cost of fuel . mobile &amp; other charges for the inspection of the different projects of JJM for the office of the Assistant Engineer, Katwa Sub-Division, PHE Dte. (Period:- 01/03/2025 to 31/08/2025) [Sl No-02]</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER KATWA SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/001324/2024-2025</t>
   </si>
   <si>
     <t>321/KTS</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>HAMID SK</t>
   </si>
   <si>
-    <t>Road crossing through metal / concrete road by Jack Push Method for AMEGERIA (SM/16023), ARGUN (SM/16482), CHINISPUR (SM/15170) and KULITIA (SM/15167) PWSS under Ketugram I Development Block under Katwa Sub Division within Burdwan Division, PHE. Dte.</t>
-[...11 lines deleted...]
-    <t>12/05/2025</t>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at ARGUN Water Supply Scheme [ Block- KETUGRAM-1] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000845/2023-2024</t>
+  </si>
+  <si>
+    <t>4119/CMD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>DUTTA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1363,127 +1366,127 @@
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>64</v>
+        <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="P12" s="4">
-        <v>39.22</v>
+        <v>26.95</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>20.79</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>77.15</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
-        <v>1610.49</v>
+        <v>1598.23</v>
       </c>
       <c r="P13" s="8">
-        <v>240.73</v>
+        <v>261.52</v>
       </c>
       <c r="Q13" s="8">
-        <v>14.95</v>
+        <v>16.36</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>