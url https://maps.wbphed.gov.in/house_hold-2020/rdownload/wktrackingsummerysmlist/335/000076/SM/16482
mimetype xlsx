--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1279,54 +1279,54 @@
       <c r="I10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>1421.7</v>
       </c>
       <c r="Q10" s="4">
-        <v>240.73</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>16.93</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>75</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1405,88 +1405,88 @@
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>26.95</v>
       </c>
       <c r="Q12" s="4">
-        <v>20.79</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>77.15</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>88</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1598.23</v>
       </c>
       <c r="P13" s="8">
-        <v>261.52</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>16.36</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>