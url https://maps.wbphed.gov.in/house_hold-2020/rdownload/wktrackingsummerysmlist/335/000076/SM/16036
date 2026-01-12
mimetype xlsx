--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -197,51 +197,51 @@
   <si>
     <t>BP-2023-24-647</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>KUSDANGA PWSS Piped Water Supply Scheme with sinking of Tube-well, LDS, Rising Main, FHTC, Construction of 100 cum capacity RCC OHR with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drain and internal pathway at different TW site under Kalna-II Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER KALNA SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000706/2023-2024</t>
   </si>
   <si>
     <t>4523/BWD</t>
   </si>
   <si>
     <t>12/10/2023</t>
   </si>
   <si>
-    <t>11/10/2024</t>
+    <t>02/01/2026</t>
   </si>
   <si>
     <t>SYED KHORSED ALAM</t>
   </si>
   <si>
     <t>Pipeline laying by HDD method and different types of balance works in connection with different Augmentation &amp; New Scheme [(SM/ 08103), (SM/13413), (SM/15587), (SM/16035), (SM/16287), (SM/16029), (SM/15581), (SM/14437), (SM/16028), (SM/16036) &amp; (SM/14425)] within Kalna Sub-Division under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001270/2024-2025</t>
   </si>
   <si>
     <t>849/BWD</t>
   </si>
   <si>
     <t>05/03/2025</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>S.P. CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>