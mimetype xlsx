--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -993,54 +993,54 @@
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>28.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.49</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>39.86</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1174,54 +1174,54 @@
       <c r="I9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>258.8</v>
       </c>
       <c r="Q9" s="4">
-        <v>101.31</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>39.14</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>25</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1269,54 +1269,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1042.19</v>
       </c>
       <c r="P11" s="8">
-        <v>112.79</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>10.82</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>