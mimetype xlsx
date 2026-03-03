--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1185,54 +1185,54 @@
       <c r="I6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="4">
         <v>0.8</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>96.63</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1248,54 +1248,54 @@
       <c r="I7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P7" s="4">
         <v>0.8</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>78.89</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1374,54 +1374,54 @@
       <c r="I9" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P9" s="4">
         <v>0.8</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>92.9</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1437,54 +1437,54 @@
       <c r="I10" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P10" s="4">
         <v>0.8</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>95.59</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1561,54 +1561,54 @@
       <c r="I12" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P12" s="4">
         <v>0.8</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>94.41</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1624,54 +1624,54 @@
       <c r="I13" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>26.98</v>
       </c>
       <c r="Q13" s="4">
-        <v>21.2</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>78.59</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>91</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1805,54 +1805,54 @@
       <c r="I16" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P16" s="4">
         <v>0.8</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>90.39</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1994,54 +1994,54 @@
       <c r="I19" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P19" s="4">
         <v>0.8</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.62</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>77.07</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2215,54 +2215,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>192.2</v>
       </c>
       <c r="P23" s="8">
-        <v>26.21</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>13.64</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>