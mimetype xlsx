--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -203,135 +203,135 @@
   <si>
     <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to BILLESWAR, GURPARA &amp; PURULIA Piped Water Supply Scheme under KETUGRAM-II Block, District:- Purba Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER KATWA SUB-DIVISION PHE DTE,JUNIOR ENGINEER R.W.S. BURDWAN SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000038/2023-2024</t>
   </si>
   <si>
     <t>1821/BWD</t>
   </si>
   <si>
     <t>18/04/2023</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>PASCON</t>
   </si>
   <si>
+    <t>Balance work of OHR, construction Concrete Road, Drum Sheet Pilling, Functional Household Tap Connection, construction of HUME Pipe culvert, land development, Road restoration etc. under Billeswar PWSS, Purulia PWSS &amp; Gurpara PWSS under KATWA -II Block under Katwa Sub-Divn. under Burdwan Division, PHED. District:- Purba-Bardhaman</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER KATWA SUB-DIVISION PHE DTE</t>
+  </si>
+  <si>
+    <t>ORD/000310/2024-2025</t>
+  </si>
+  <si>
+    <t>2834/BWD</t>
+  </si>
+  <si>
+    <t>19/07/2024</t>
+  </si>
+  <si>
+    <t>01/11/2026</t>
+  </si>
+  <si>
+    <t>Increasing of tube well casing and other works at PURULIA PWSS under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER</t>
+  </si>
+  <si>
+    <t>ORD/001580/2024-2025</t>
+  </si>
+  <si>
+    <t>151/DIC/BMSD(D)</t>
+  </si>
+  <si>
+    <t>04/03/2025</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>BARMAN ROY TRADERS</t>
+  </si>
+  <si>
+    <t>Supply and delivery of 7.5 HP pump motor set at T.W. No - 2 of PURULIA (Block- Ketugram-II) water supply scheme under CMD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000733/2024-2025</t>
+  </si>
+  <si>
+    <t>821/DIC/BMSD(D)</t>
+  </si>
+  <si>
+    <t>05/12/2024</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>Supply and delivery of 7.5 HP pump motor set at T.W. No - 1 of PURULIA (Block-Ketugram-II) water supply scheme under CMD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001583/2024-2025</t>
+  </si>
+  <si>
+    <t>159/DIC/BMSD(D)</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
     <t>Supply &amp; Installation of Submersible Pumping Machinery , Voltage Stabilizer, Chlorination System and Internal House wiring for Tube well no.- 1 &amp; 2 at PURULIA Water Supply Scheme [Block - KETUGRAM-2] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
   </si>
   <si>
     <t>ASSISTANT ENGINEER,Driller In-Charge</t>
   </si>
   <si>
     <t>ORD/000823/2023-2024</t>
   </si>
   <si>
     <t>4100/CMD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>24/06/2025</t>
-  </si>
-[...67 lines deleted...]
-    <t>13/03/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1267,348 +1267,348 @@
       <c r="Q9" s="4">
         <v>147.75</v>
       </c>
       <c r="R9" s="4">
         <v>13.21</v>
       </c>
       <c r="S9" s="4">
         <v>46</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="J10" s="13" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="P10" s="4">
-        <v>21.01</v>
+        <v>190.06</v>
       </c>
       <c r="Q10" s="4">
-        <v>7.97</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>37.91</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J11" s="13" t="s">
+      <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="K11" s="4" t="s">
+      <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="M11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="N11" s="4" t="s">
+      <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="O11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="4">
-        <v>190.06</v>
+        <v>0.29</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J12" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="N12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O12" s="4" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="P12" s="4">
-        <v>0.29</v>
+        <v>0.67</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="K13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="M13" s="4" t="s">
+      <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="N13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O13" s="4" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="P13" s="4">
         <v>0.67</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I14" s="13" t="s">
         <v>87</v>
       </c>
-      <c r="I14" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" s="13" t="s">
-        <v>77</v>
+        <v>40</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="P14" s="4">
-        <v>0.67</v>
+        <v>21.01</v>
       </c>
       <c r="Q14" s="4">
-        <v>0</v>
+        <v>7.97</v>
       </c>
       <c r="R14" s="4">
-        <v>0</v>
+        <v>37.91</v>
       </c>
       <c r="S14" s="4">
-        <v>100</v>
+        <v>43</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1413.2</v>