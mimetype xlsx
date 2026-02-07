--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1243,54 +1243,54 @@
       <c r="I9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>1118.33</v>
       </c>
       <c r="Q9" s="4">
-        <v>147.75</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>13.21</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>46</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1558,88 +1558,88 @@
       <c r="I14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P14" s="4">
         <v>21.01</v>
       </c>
       <c r="Q14" s="4">
-        <v>7.97</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>37.91</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>43</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1413.2</v>
       </c>
       <c r="P15" s="8">
-        <v>155.71</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>11.02</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>