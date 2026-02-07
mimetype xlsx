--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -158,144 +158,159 @@
   <si>
     <t>BP-2023-24-193</t>
   </si>
   <si>
     <t>11/10/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION CO. LTD. (WBSEDCL)</t>
   </si>
   <si>
     <t>Restoration of hard shoulder from 0.00 km to 2.918 km of Sagrai Raina Road (MDR) for laying of water supply pipeline of Gopalpur PWSS under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>BILL/01127/2023-2024</t>
   </si>
   <si>
     <t>1084/JJM</t>
   </si>
   <si>
     <t>20/12/2023</t>
   </si>
   <si>
     <t>EXECUTIVE ENGINEER BURDWAN SOUTH HIGHWAY DIVISION P.W. (ROADS) DTE.</t>
   </si>
   <si>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at Gopalpur Water Supply Scheme [ Block- Raina-1 ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER</t>
+  </si>
+  <si>
+    <t>ORD/000720/2023-2024</t>
+  </si>
+  <si>
+    <t>4031/CMD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>M/S. SWAPAN BANERJEE</t>
+  </si>
+  <si>
+    <t>New electric connection for Gopalpur PWSS.</t>
+  </si>
+  <si>
+    <t>BILL/01869/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-344</t>
+  </si>
+  <si>
+    <t>11/01/2024</t>
+  </si>
+  <si>
+    <t>Installation of two tank chlorination system, Yard lighting arrangement &amp; allied works at Bajitpur, Belsar &amp; other water supply scheme under Raina-1 Block under Central Mechanical Division, P.H.E. Dte., Dist.- Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000117/2024-2025</t>
+  </si>
+  <si>
+    <t>2589/CMD</t>
+  </si>
+  <si>
+    <t>27/08/2024</t>
+  </si>
+  <si>
+    <t>25/11/2024</t>
+  </si>
+  <si>
+    <t>DEY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Balance work [i.e. Extension or parallel Pipeline, Leftout FHTC, Road Restoration work, Sinking of Additional Tube Well with Pump House &amp; Boundary wall, inter Connection of Additional Tube Well, Construction of M.S.Structural bridge, canal Crossing, MS casing with allied work of Bhagabatipur, Machkhara, Udgara, Bantir, Chakpurohit Rasuikhanda, Sankarpur, Gopalpur &amp; Belshar PWSS Block-RAINA- I under Burdwan Sub Division, PHE Dte. within Burdwan Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
+  </si>
+  <si>
+    <t>ORD/001103/2024-2025</t>
+  </si>
+  <si>
+    <t>469/BWD</t>
+  </si>
+  <si>
+    <t>24/01/2025</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
+  </si>
+  <si>
+    <t>SK ALIM</t>
+  </si>
+  <si>
     <t>Field level data validation of FHTC executed by Agencies on the basis of pictorial data with the objective of controlling multiple entry,improving data quality in terms of absolute household by verification through electric connection or any other unique documents and making error free database of GOPALPUR Pipe Water Supply Scheme in Raina-I Block within Burdwan Sub-Division under Burdwan Division,PHE Dte</t>
   </si>
   <si>
-    <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000946/2024-2025</t>
   </si>
   <si>
     <t>2732/BSD</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
-    <t>09/01/2025</t>
+    <t>04/01/2026</t>
   </si>
   <si>
     <t>TECHVISION</t>
   </si>
   <si>
-    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at Gopalpur Water Supply Scheme [ Block- Raina-1 ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
-[...71 lines deleted...]
-    <t>SK ALIM</t>
+    <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to GOPALPUR &amp; RASUIKHANDA Piped Water Supply Scheme under Raina-I Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
+  </si>
+  <si>
+    <t>ORD/000006/2023-2024</t>
+  </si>
+  <si>
+    <t>1691/BWD</t>
+  </si>
+  <si>
+    <t>12/04/2023</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -684,51 +699,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="80.123291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1105,386 +1120,449 @@
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="I8" s="13"/>
+      <c r="I8" s="13" t="s">
+        <v>49</v>
+      </c>
       <c r="J8" s="13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P8" s="4">
-        <v>0.56</v>
+        <v>28.98</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="I9" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="J9" s="13" t="s">
+      <c r="I9" s="13"/>
+      <c r="J9" s="13"/>
+      <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="K9" s="4" t="s">
+      <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="L9" s="4" t="s">
+      <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="M9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="P9" s="4">
-        <v>28.98</v>
+        <v>3.66</v>
       </c>
       <c r="Q9" s="4">
-        <v>23.86</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>82.33</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="I10" s="13"/>
-[...1 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="M10" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>3.66</v>
+        <v>74.58</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="I11" s="13" t="s">
         <v>67</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" s="13" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P11" s="4">
-        <v>74.58</v>
+        <v>1353.91</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="I12" s="13" t="s">
         <v>74</v>
       </c>
+      <c r="I12" s="13"/>
       <c r="J12" s="13" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
-        <v>1353.91</v>
+        <v>0.56</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>80</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="I13" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="P13" s="4">
+        <v>1081.52</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>92</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>2590.03</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>