--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -249,50 +249,68 @@
     <t>NEW SERVICE CONNECTION FOR SRIPUR PWSS PH-2.</t>
   </si>
   <si>
     <t>BILL/00104/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-45</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
     <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to ANKHONA, PANDUGRAM &amp; SRIPUR Piped Water Supply Scheme under KETUGRAM¿I Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>ORD/000436/2023-2024</t>
   </si>
   <si>
     <t>3388/BWD</t>
   </si>
   <si>
     <t>03/08/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at SRIPUR Water Supply Scheme [ Block- KETUGRAM-1] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000862/2023-2024</t>
+  </si>
+  <si>
+    <t>4129/CMD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>M/S, S.S. ENTERPRISE.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -681,51 +699,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1403,87 +1421,150 @@
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P12" s="4">
         <v>989.13</v>
       </c>
       <c r="Q12" s="4">
         <v>143.77</v>
       </c>
       <c r="R12" s="4">
         <v>14.53</v>
       </c>
       <c r="S12" s="4">
         <v>50</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="I13" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="P13" s="4">
+        <v>27.65</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>21.33</v>
+      </c>
+      <c r="R13" s="4">
+        <v>77.13</v>
+      </c>
+      <c r="S13" s="4">
+        <v>88</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>1281.96</v>
+      </c>
+      <c r="P14" s="8">
+        <v>165.09</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>12.88</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>