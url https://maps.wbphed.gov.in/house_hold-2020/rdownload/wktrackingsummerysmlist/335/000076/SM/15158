--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1407,54 +1407,54 @@
       <c r="I12" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P12" s="4">
         <v>989.13</v>
       </c>
       <c r="Q12" s="4">
-        <v>143.77</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>14.53</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>50</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1470,88 +1470,88 @@
       <c r="I13" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>27.65</v>
       </c>
       <c r="Q13" s="4">
-        <v>21.33</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>77.13</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>88</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>1281.96</v>
       </c>
       <c r="P14" s="8">
-        <v>165.09</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>12.88</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>