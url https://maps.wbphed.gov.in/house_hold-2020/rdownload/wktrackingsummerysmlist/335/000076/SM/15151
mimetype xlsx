--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1352,54 +1352,54 @@
       <c r="I11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P11" s="4">
         <v>368.83</v>
       </c>
       <c r="Q11" s="4">
-        <v>284.13</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>77.04</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1415,54 +1415,54 @@
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>37.69</v>
       </c>
       <c r="Q12" s="4">
-        <v>32.7</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>86.77</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>10</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1510,54 +1510,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>809.07</v>
       </c>
       <c r="P14" s="8">
-        <v>316.84</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>39.16</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>