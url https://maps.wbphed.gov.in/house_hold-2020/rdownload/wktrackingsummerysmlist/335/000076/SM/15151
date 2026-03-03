--- v1 (2026-02-07)
+++ v2 (2026-03-03)
@@ -161,50 +161,53 @@
   <si>
     <t>30/10/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION CO. LTD. (WBSEDCL)</t>
   </si>
   <si>
     <t>New service connection charges for Jajigram PWSS TW-1</t>
   </si>
   <si>
     <t>BILL/01476/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-174</t>
   </si>
   <si>
     <t>29/09/2023</t>
   </si>
   <si>
     <t>Balance work for Balance work of OHR, construction Concrete Road, 1st Floor of Office Building, Functional Household Tap Connection, land development, Road restoration etc. of Gopekhanji, Jajigram &amp; Gidhagram PWSS under KATWA -I Block, under Katwa Sub Division under Burdwan Divn, District:- Purba-Bardhaman.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
+    <t>JUNIOR ENGINEER KATWA SUB-DIVISION PHE DTE</t>
+  </si>
+  <si>
     <t>ORD/000503/2024-2025</t>
   </si>
   <si>
     <t>3161/BWD</t>
   </si>
   <si>
     <t>22/08/2024</t>
   </si>
   <si>
     <t>20/12/2024</t>
   </si>
   <si>
     <t>POWER TOOLS &amp; ENGINEERING</t>
   </si>
   <si>
     <t>Installation of two tank chlorination system, Yard lighting arrangement &amp; allied works at Jajigram &amp; others water supply scheme under Katwa-I Block under Central Mechanical Division, P.H.E. Dte., Dist.- Purba Bardhaman</t>
   </si>
   <si>
     <t>Driller In-Charge</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000069/2024-2025</t>
@@ -222,53 +225,50 @@
     <t>SUBRATA BHADRA</t>
   </si>
   <si>
     <t>Supply and installation of Electro-Magnetic flow meter at AURIA, KARUI &amp; others water supply scheme under Central Mechanical Division, P.H.E. Dte., Dist.- Purba Bardhaman.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER</t>
   </si>
   <si>
     <t>ORD/000602/2024-2025</t>
   </si>
   <si>
     <t>3106/CMD</t>
   </si>
   <si>
     <t>11/12/2024</t>
   </si>
   <si>
     <t>09/02/2025</t>
   </si>
   <si>
     <t>S.K. ELECTRICALS</t>
   </si>
   <si>
     <t>JAJIGRAM Piped Water Supply Scheme with sinking of Tube-well, LDS, Rising Main, FHTC, Construction of 250 cum capacity RCC OHR with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drain and internal pathway at different TW site under KATWA -I Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
-  </si>
-[...1 lines deleted...]
-    <t>JUNIOR ENGINEER KATWA SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000742/2022-2023</t>
   </si>
   <si>
     <t>1135/BWD</t>
   </si>
   <si>
     <t>13/03/2023</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>Construction of Office Cum Godown at Head work site of JAJIGRAM PWSS under Katwa Sub Division, within Burdwan Division PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer, R.W.S., Katwa-I Dev. Block</t>
   </si>
   <si>
     <t>ORD/000854/2023-2024</t>
   </si>
   <si>
     <t>5201/BWD</t>
   </si>
@@ -1143,254 +1143,256 @@
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="J8" s="13"/>
+      <c r="J8" s="13" t="s">
+        <v>49</v>
+      </c>
       <c r="K8" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>272.54</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>55.16</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>13.6</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>70</v>
+        <v>49</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P11" s="4">
         <v>368.83</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>