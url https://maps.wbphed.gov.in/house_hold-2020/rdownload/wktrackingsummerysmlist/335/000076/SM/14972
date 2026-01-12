--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -257,51 +257,51 @@
   <si>
     <t>18/04/2023</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>PASCON</t>
   </si>
   <si>
     <t>Balance work for OHR, extension of pipeline to provide FHTC with land development, plinth protection for pump house &amp; OHR under SIBLUN PWSS, Block-Ketugram-II under Katwa Sub Division within Burdwan Division PHE Dte.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER KATWA SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000311/2024-2025</t>
   </si>
   <si>
     <t>2835/BWD</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
-    <t>01/05/2025</t>
+    <t>01/11/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>