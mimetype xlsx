--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1150,54 +1150,54 @@
       <c r="I8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P8" s="4">
         <v>26.96</v>
       </c>
       <c r="Q8" s="4">
-        <v>16.04</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>59.51</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>48</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1394,54 +1394,54 @@
       <c r="I12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>723.75</v>
       </c>
       <c r="Q12" s="4">
-        <v>174.88</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>24.16</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>35</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1491,54 +1491,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>992.17</v>
       </c>
       <c r="P14" s="8">
-        <v>190.92</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>19.24</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>