--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -236,51 +236,51 @@
   <si>
     <t>18/04/2023</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>PASCON</t>
   </si>
   <si>
     <t>Balance work of OHR, construction Concrete Road, Drum Sheet Pilling, Functional Household Tap Connection, construction of HUME Pipe culvert, land development, Road restoration etc. under Billeswar PWSS, Purulia PWSS &amp; Gurpara PWSS under KATWA -II Block under Katwa Sub-Divn. under Burdwan Division, PHED. District:- Purba-Bardhaman</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER KATWA SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000310/2024-2025</t>
   </si>
   <si>
     <t>2834/BWD</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
-    <t>29/10/2025</t>
+    <t>01/11/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>