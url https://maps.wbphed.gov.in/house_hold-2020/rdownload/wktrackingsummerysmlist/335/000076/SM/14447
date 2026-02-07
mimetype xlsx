--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1074,54 +1074,54 @@
       <c r="I7" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>26.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>21.07</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>78.21</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>91</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1255,54 +1255,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>1118.33</v>
       </c>
       <c r="Q10" s="4">
-        <v>220.02</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>19.67</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>46</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1352,54 +1352,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1442.79</v>
       </c>
       <c r="P12" s="8">
-        <v>241.09</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>16.71</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>