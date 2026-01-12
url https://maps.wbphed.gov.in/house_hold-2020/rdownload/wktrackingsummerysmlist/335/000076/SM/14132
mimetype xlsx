--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -185,51 +185,51 @@
   <si>
     <t>28/12/2025</t>
   </si>
   <si>
     <t>BIRBHUM INFRAPARK PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Conducting physical Household Survey at the IMIS reported village for HGJ certification and providing balance FHTC for Har Ghar Jal certification including conducting Gram Sabhas for different IMIS reported villages across the district under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE(HQs),Assistant Engineer ,Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.,Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000428/2024-2025</t>
   </si>
   <si>
     <t>3107/BWD</t>
   </si>
   <si>
     <t>12/08/2024</t>
   </si>
   <si>
-    <t>01/07/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>TUBGRAM GRAMMYAK UNNAYAN SAMITY</t>
   </si>
   <si>
     <t>Designing, making and erection of Sign Board for SWAJAL GRAM in Jamaipota village of Raina-I Block under Mini Piped Water Supply Scheme (100 Household) within Burdwan Sub-Division under Burdwan Division,PHE Dte(5 nos. Board)</t>
   </si>
   <si>
     <t>ORD/000477/2025-2026</t>
   </si>
   <si>
     <t>2341/BSD</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>S.M. ENGOCON</t>
   </si>
   <si>
     <t>Total</t>
   </si>