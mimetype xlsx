--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -804,54 +804,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>12.05</v>
       </c>
       <c r="Q3" s="4">
-        <v>11.62</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>96.4</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>95</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -985,54 +985,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>4231.72</v>
       </c>
       <c r="Q6" s="4">
-        <v>1214.93</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>28.71</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>42</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1143,54 +1143,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>4581.4</v>
       </c>
       <c r="P9" s="8">
-        <v>1226.54</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>26.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>