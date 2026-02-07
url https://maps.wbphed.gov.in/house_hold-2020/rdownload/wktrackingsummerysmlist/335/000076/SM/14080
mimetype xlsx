--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -224,90 +224,108 @@
   <si>
     <t>31/05/2023</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>M/S PURBASHA</t>
   </si>
   <si>
     <t>Conducting physical Household Survey at the IMIS reported village for HGJ certification and providing balance FHTC for Har Ghar Jal certification including conducting Gram Sabhas for different IMIS reported villages across the district under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE(HQs),Assistant Engineer ,Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.,Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>ORD/000428/2024-2025</t>
   </si>
   <si>
     <t>3107/BWD</t>
   </si>
   <si>
     <t>12/08/2024</t>
   </si>
   <si>
-    <t>01/07/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>TUBGRAM GRAMMYAK UNNAYAN SAMITY</t>
   </si>
   <si>
     <t>Installation of Sluice Valve, Washout Valve to regulate water supply with Road Restoration work, Extension pipeline and providing FHTC for MALKITA Piped Water Supply Scheme, Block- Burdwan-I, under Burdwan sub Division within Burdwan Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001163/2024-2025</t>
   </si>
   <si>
     <t>552/BWD</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>05/05/2025</t>
   </si>
   <si>
     <t>Designing, making and erection of Sign Board for SWAJAL GRAM in Malkita village of Burdwan-I Block under Malkita Piped Water Supply Scheme within Burdwan Sub-Division under Burdwan Division, PHE Dte (5 nos. Board)</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE,Junior Engineer, Burdwan Sadar Sub-Division</t>
   </si>
   <si>
     <t>ORD/000486/2025-2026</t>
   </si>
   <si>
     <t>2358/BSD</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>MANABSEBA PROKALPA &amp; CONSTRUCTIONS</t>
+  </si>
+  <si>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at Malkita Water Supply Scheme [ Block- Burdwan-1 ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000211/2023-2024</t>
+  </si>
+  <si>
+    <t>3067/CMD</t>
+  </si>
+  <si>
+    <t>21/07/2023</t>
+  </si>
+  <si>
+    <t>20/08/2023</t>
+  </si>
+  <si>
+    <t>S.P. CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -696,51 +714,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1160,54 +1178,54 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>49.99</v>
       </c>
       <c r="Q8" s="4">
-        <v>49.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1223,54 +1241,54 @@
       <c r="I9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>71.78</v>
       </c>
       <c r="Q9" s="4">
-        <v>71.76</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>72</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1424,87 +1442,150 @@
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>0.72</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>84</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="I13" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" s="4">
+        <v>28.96</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>100</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>560.06</v>
+      </c>
+      <c r="P14" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>0</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>