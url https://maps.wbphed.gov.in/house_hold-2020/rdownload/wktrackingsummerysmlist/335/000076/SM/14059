--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -212,51 +212,51 @@
   <si>
     <t>28/09/2023</t>
   </si>
   <si>
     <t>M/S, S.S. ENTERPRISE.</t>
   </si>
   <si>
     <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to NABASTA, PASHALA &amp; POALKURA Piped Water Supply Scheme under Bhatar Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>Junior Engineer1, Durgapur Sub-Division, PHE Dte.,Junior Engineer2, Durgapur Sub-Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000739/2023-2024</t>
   </si>
   <si>
     <t>4652/BWD</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
-    <t>02/10/2025</t>
+    <t>16/04/2026</t>
   </si>
   <si>
     <t>STARCO CONSTRUCTIONS</t>
   </si>
   <si>
     <t>Providing Parallal LDS (Node- 30-43-42-41-49 to 36) &amp; 4nos ICDS connection for at Palsa-Chandrasekharpara within Nabastha PWSS, Bardhhaman-II Development Block under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.</t>
   </si>
   <si>
     <t>ORD/001068/2024-2025</t>
   </si>
   <si>
     <t>358/BWD</t>
   </si>
   <si>
     <t>16/01/2025</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>PRATIVA CONSTRUCTION</t>
   </si>