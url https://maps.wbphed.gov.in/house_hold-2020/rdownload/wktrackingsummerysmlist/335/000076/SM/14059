--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1192,54 +1192,54 @@
       <c r="I9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>27.79</v>
       </c>
       <c r="Q9" s="4">
-        <v>14.92</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>53.68</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>40</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1255,54 +1255,54 @@
       <c r="I10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>900.17</v>
       </c>
       <c r="Q10" s="4">
-        <v>100.31</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>11.14</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>2</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1350,54 +1350,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1144.69</v>
       </c>
       <c r="P12" s="8">
-        <v>115.23</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>10.07</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>