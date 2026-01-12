--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -245,51 +245,51 @@
   <si>
     <t>1047/BWD</t>
   </si>
   <si>
     <t>09/03/2023</t>
   </si>
   <si>
     <t>01/11/2025</t>
   </si>
   <si>
     <t>PASCON</t>
   </si>
   <si>
     <t>Balance work of OHR, Functional Household Tap Connection, Road restoration etc. for Kalikapur PWSS under KATWA -II Block under Katwa Sub-Division under Burdwan Division, PHED, District:- Purba-Bardhaman.</t>
   </si>
   <si>
     <t>ORD/001040/2024-2025</t>
   </si>
   <si>
     <t>192/BWD</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
-    <t>08/05/2025</t>
+    <t>01/11/2026</t>
   </si>
   <si>
     <t>Continuation work order for Hiring of one no Diesel Motor Cab (BS-VI) including the cost of fuel . mobile &amp; other charges for the inspection of the different projects of JJM for the office of the Assistant Engineer, Katwa Sub-Division, PHE Dte. (Period:- 01/09/2025 to 28/02/2026)</t>
   </si>
   <si>
     <t>ORD/000723/2025-2026</t>
   </si>
   <si>
     <t>1907/KTS</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>01/03/2026</t>
   </si>
   <si>
     <t>HAMID SK</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 