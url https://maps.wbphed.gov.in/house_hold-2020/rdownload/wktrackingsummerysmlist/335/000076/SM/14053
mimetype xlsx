--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1097,54 +1097,54 @@
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>29.61</v>
       </c>
       <c r="Q7" s="4">
-        <v>23.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>79.02</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1160,54 +1160,54 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>0.77</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.23</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1286,54 +1286,54 @@
       <c r="I10" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>629.59</v>
       </c>
       <c r="Q10" s="4">
-        <v>351.46</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>55.82</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>67</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1387,52 +1387,56 @@
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>78</v>
       </c>
-      <c r="I12" s="13"/>
-      <c r="J12" s="13"/>
+      <c r="I12" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>54</v>
+      </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>1.84</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
@@ -1442,54 +1446,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>813.75</v>
       </c>
       <c r="P13" s="8">
-        <v>375.09</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>46.09</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>