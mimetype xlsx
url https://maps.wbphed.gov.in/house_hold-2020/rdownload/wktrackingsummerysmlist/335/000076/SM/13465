--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -284,51 +284,51 @@
   <si>
     <t>3684/BWD</t>
   </si>
   <si>
     <t>23/10/2024</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>SUPRIYA RAY</t>
   </si>
   <si>
     <t>Field level data validation of FHTC executed by Agencies on the basis of pictorial data with the objective of controlling multiple entry,improving data quality in terms of absolute household by verification through electric connection or any other unique documents and making error free database of KHUNDKURI Pipe Water Supply Scheme in Khandaghosh Block within Burdwan Sub-Division under Burdwan Division,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000890/2024-2025</t>
   </si>
   <si>
     <t>2671/BSD</t>
   </si>
   <si>
     <t>04/12/2024</t>
   </si>
   <si>
-    <t>03/01/2025</t>
+    <t>29/12/2025</t>
   </si>
   <si>
     <t>TECHVISION</t>
   </si>
   <si>
     <t>KHUNDKURI Piped Water Supply Scheme with sinking of Tube-well, LDS, Rising Main, FHTC, Construction of 350 cum capacity RCC OHR with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drain and internal pathway at different TW site under Khandaghosh Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>ORD/000753/2022-2023</t>
   </si>
   <si>
     <t>1217/BWD</t>
   </si>
   <si>
     <t>16/03/2023</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>M/S JAN MAHAMMAD</t>
   </si>
   <si>
     <t>Total</t>
   </si>