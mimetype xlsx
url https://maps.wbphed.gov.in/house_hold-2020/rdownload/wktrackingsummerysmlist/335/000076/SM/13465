--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -899,54 +899,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>20.63</v>
       </c>
       <c r="Q3" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>24.24</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1257,54 +1257,54 @@
       <c r="I9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>2.4</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>16.65</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>70</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1383,54 +1383,54 @@
       <c r="I11" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>28.95</v>
       </c>
       <c r="Q11" s="4">
-        <v>23.86</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>82.43</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>98</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1446,54 +1446,54 @@
       <c r="I12" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>12.63</v>
       </c>
       <c r="Q12" s="4">
-        <v>12.6</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1633,88 +1633,88 @@
       <c r="I15" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>510.97</v>
       </c>
       <c r="Q15" s="4">
-        <v>401.24</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>78.52</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>798.68</v>
       </c>
       <c r="P16" s="8">
-        <v>443.1</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>55.48</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>