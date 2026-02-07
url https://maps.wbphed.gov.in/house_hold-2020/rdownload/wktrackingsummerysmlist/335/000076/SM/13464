--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1099,54 +1099,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>20.63</v>
       </c>
       <c r="Q4" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>24.24</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1457,54 +1457,54 @@
       <c r="I10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>831.75</v>
       </c>
       <c r="Q10" s="4">
-        <v>354.66</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>42.64</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>99</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1520,54 +1520,54 @@
       <c r="I11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>0.8</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1583,54 +1583,54 @@
       <c r="I12" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>0.8</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>94.95</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1709,54 +1709,54 @@
       <c r="I14" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P14" s="4">
         <v>0.8</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>50</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1772,54 +1772,54 @@
       <c r="I15" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P15" s="4">
         <v>0.8</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1835,54 +1835,54 @@
       <c r="I16" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P16" s="4">
         <v>0.8</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1898,54 +1898,54 @@
       <c r="I17" s="13" t="s">
         <v>81</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P17" s="4">
         <v>29.4</v>
       </c>
       <c r="Q17" s="4">
-        <v>24.17</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>82.23</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>50</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1961,54 +1961,54 @@
       <c r="I18" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P18" s="4">
         <v>0.8</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2087,54 +2087,54 @@
       <c r="I20" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P20" s="4">
         <v>0.8</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2213,54 +2213,54 @@
       <c r="I22" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>75</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P22" s="4">
         <v>0.8</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>49.93</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2373,54 +2373,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>145</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>1162.63</v>
       </c>
       <c r="P25" s="8">
-        <v>389.78</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>33.53</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>