--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -296,51 +296,51 @@
   <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>17/07/2024</t>
   </si>
   <si>
     <t>Conducting physical Household Survey at the IMIS reported village for HGJ certification and providing balance FHTC for Har Ghar Jal certification including conducting Gram Sabhas for different IMIS reported villages across the district under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE(HQs),Assistant Engineer ,Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.,Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000428/2024-2025</t>
   </si>
   <si>
     <t>3107/BWD</t>
   </si>
   <si>
     <t>12/08/2024</t>
   </si>
   <si>
-    <t>01/07/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>TUBGRAM GRAMMYAK UNNAYAN SAMITY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>