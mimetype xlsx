--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1251,54 +1251,54 @@
       <c r="I9" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P9" s="4">
         <v>278.54</v>
       </c>
       <c r="Q9" s="4">
-        <v>157.59</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>56.58</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1377,54 +1377,54 @@
       <c r="I11" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>28.94</v>
       </c>
       <c r="Q11" s="4">
-        <v>11.94</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>41.25</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1499,54 +1499,54 @@
       <c r="I13" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P13" s="4">
         <v>1</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>29.49</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1560,54 +1560,54 @@
         <v>83</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P14" s="4">
         <v>1</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1657,54 +1657,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>712.6</v>
       </c>
       <c r="P16" s="8">
-        <v>170.15</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>23.88</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>