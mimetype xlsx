--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -248,51 +248,51 @@
   <si>
     <t>31/05/2023</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>P.K. ENGINEERING</t>
   </si>
   <si>
     <t>Conducting physical Household Survey at the IMIS reported village for HGJ certification and providing balance FHTC for Har Ghar Jal certification including conducting Gram Sabhas for different IMIS reported villages across the district under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE(HQs),Assistant Engineer ,Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.,Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>ORD/000428/2024-2025</t>
   </si>
   <si>
     <t>3107/BWD</t>
   </si>
   <si>
     <t>12/08/2024</t>
   </si>
   <si>
-    <t>01/07/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>TUBGRAM GRAMMYAK UNNAYAN SAMITY</t>
   </si>
   <si>
     <t>Designing, making and erection of Sign Board for SWAJAL GRAM in Sekhpur village of Memari-I Block under Sahapur Piped Water Supply Scheme within Burdwan Sub-Division under Burdwan Division, PHE Dte (5 nos Board)</t>
   </si>
   <si>
     <t>ORD/000614/2025-2026</t>
   </si>
   <si>
     <t>2370/BSD</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>RAJ-N-MAHARAJ MANPOWER &amp; SECURITY SOLUTIONS</t>
   </si>
   <si>
     <t>Designing,making and erection of Sign Board for SWAJAL GRAM in Nagarkona village of Memari-I Block under Sahapur Piped Water Supply Scheme within Burdwan Sub-Division under Burdwan Division,PHE Dte (5 Nos. Board)</t>
   </si>