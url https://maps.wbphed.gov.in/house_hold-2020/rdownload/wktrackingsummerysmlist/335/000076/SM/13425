--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1249,54 +1249,54 @@
       <c r="I9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>256.31</v>
       </c>
       <c r="Q9" s="4">
-        <v>256.03</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.89</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1312,54 +1312,54 @@
       <c r="I10" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P10" s="4">
         <v>20.6</v>
       </c>
       <c r="Q10" s="4">
-        <v>13.33</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>64.7</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1375,54 +1375,54 @@
       <c r="I11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
         <v>29.29</v>
       </c>
       <c r="Q11" s="4">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>81.95</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>98</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1655,54 +1655,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>702.28</v>
       </c>
       <c r="P16" s="8">
-        <v>293.36</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>41.77</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>