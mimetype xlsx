--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -242,51 +242,51 @@
   <si>
     <t>BP-2023-24-341</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
     <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to UCHALAN, CHAK CHANDAN, SERPUR &amp; KATNABIL Piped Water Supply Scheme under Raina II Block, District:- Purba Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000367/2023-2024</t>
   </si>
   <si>
     <t>3076/BWD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
-    <t>01/10/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>SK ALIM</t>
   </si>
   <si>
     <t>Continuation Work Order for supply of inspection Vehicle for inspection of different JJM related (schemes)works as and when required including supply of driver &amp; fuel(minimum 8 hours duty per day) and all taxes etc. for Burdwan Sub-Division under Burdwan Division,PHE Dte consider 96.00 Km. run per day (Period from 01-08-2024 to 31-10-2024)</t>
   </si>
   <si>
     <t>ORD/000557/2024-2025</t>
   </si>
   <si>
     <t>1500/BSD</t>
   </si>
   <si>
     <t>30/07/2024</t>
   </si>
   <si>
     <t>04/10/2024</t>
   </si>
   <si>
     <t>PARVIN BEGAM</t>
   </si>
   <si>
     <t>Continuation Work Order for Supply of one No.Diesel Driven Ambassador Car No. WB:41H-4009 on hire basis for the office of the Assistant Engineer,Burdwan Sub-Division,PHE Dte (Period from 01-06-2025 to 31.08.2025)</t>
   </si>