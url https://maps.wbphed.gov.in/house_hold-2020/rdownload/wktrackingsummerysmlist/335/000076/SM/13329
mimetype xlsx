--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1115,54 +1115,54 @@
       <c r="I7" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="4">
         <v>29.71</v>
       </c>
       <c r="Q7" s="4">
-        <v>12.37</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>41.64</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1418,54 +1418,54 @@
       <c r="I12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>1307.56</v>
       </c>
       <c r="Q12" s="4">
-        <v>219.13</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>16.76</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>75</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1479,54 +1479,54 @@
         <v>78</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>0.85</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.21</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>24.74</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1574,54 +1574,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1483.14</v>
       </c>
       <c r="P15" s="8">
-        <v>231.7</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>15.62</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>