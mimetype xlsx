--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -134,123 +134,123 @@
   <si>
     <t>3999/BWD</t>
   </si>
   <si>
     <t>08/09/2023</t>
   </si>
   <si>
     <t>Central Mechanical</t>
   </si>
   <si>
     <t>New service connection charges for Manganpur PWSS TW-1</t>
   </si>
   <si>
     <t>BILL/01670/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-227</t>
   </si>
   <si>
     <t>10/11/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION CO. LTD. (WBSEDCL)</t>
   </si>
   <si>
+    <t>Supply and delivery of portable generator set for emergency internal installation work at Manganpur and other Water Supply Scheme under CMD., PHE Dte.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER</t>
+  </si>
+  <si>
+    <t>ORD/001419/2023-2024</t>
+  </si>
+  <si>
+    <t>153/CMSD</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>06/02/2024</t>
+  </si>
+  <si>
+    <t>M/S, MONDAL ASSOCIATES.</t>
+  </si>
+  <si>
+    <t>RTOR000802/2023-2024</t>
+  </si>
+  <si>
+    <t>315/BWD</t>
+  </si>
+  <si>
+    <t>24/01/2024</t>
+  </si>
+  <si>
+    <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to MANGANPUR &amp; BAGPUR Piped Water Supply Scheme under Purbasthali-I Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER KALNA SUB-DIVISION PHE DTE</t>
+  </si>
+  <si>
+    <t>ORD/000391/2023-2024</t>
+  </si>
+  <si>
+    <t>3200/BWD</t>
+  </si>
+  <si>
+    <t>24/07/2023</t>
+  </si>
+  <si>
+    <t>28/07/2026</t>
+  </si>
+  <si>
+    <t>M/S GHOSH &amp; CO.</t>
+  </si>
+  <si>
     <t>Supply &amp; Installation of Submersible Pumping Machinery , Voltage Stabilizer, Chlorination System and Internal House wiring for Tube well no.- 1 &amp; 2 at MANGANPUR Water Supply Scheme [Block-PURBASTHALI-1] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
   </si>
   <si>
-    <t>ASSISTANT ENGINEER</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000730/2023-2024</t>
   </si>
   <si>
     <t>4040/CMD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>28/09/2023</t>
   </si>
   <si>
     <t>SOUNAK ENTERPRISE</t>
-  </si>
-[...49 lines deleted...]
-    <t>M/S GHOSH &amp; CO.</t>
   </si>
   <si>
     <t>Different types of works involve in connection with Augmentation of SRIRAMPUR (Zone I &amp; II) (SM/08103), MANGANPUR (SM/13327), KAMALPUR (SM/13453) Piped Water Supply Scheme within Kalna Sub-Division under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000190/2024-2025</t>
   </si>
   <si>
     <t>2429/BWD</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>S.P. CONSTRUCTION</t>
   </si>
   <si>
     <t>Installation of two tank chlorination system, Yard lighting arrangement &amp; allied works at Haripur &amp; others water supply scheme under purbasthali 1 Block under Central Mechanical Division, P.H.E. Dte., Dist.- Purba Bardhaman</t>
   </si>
   <si>
     <t>ORD/000072/2024-2025</t>
   </si>
@@ -1032,281 +1032,281 @@
       <c r="H6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
-        <v>22.1</v>
+        <v>2.11</v>
       </c>
       <c r="Q6" s="4">
-        <v>10</v>
+        <v>2.11</v>
       </c>
       <c r="R6" s="4">
-        <v>45.24</v>
+        <v>100</v>
       </c>
       <c r="S6" s="4">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="I7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="M7" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N7" s="4" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="P7" s="4">
-        <v>2.11</v>
+        <v>17.52</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="J8" s="13"/>
+        <v>51</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>53</v>
+      </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="P8" s="4">
-        <v>17.52</v>
+        <v>711.81</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>180.13</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>25.31</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
-        <v>711.81</v>
+        <v>22.1</v>
       </c>
       <c r="Q9" s="4">
-        <v>180.13</v>
+        <v>10</v>
       </c>
       <c r="R9" s="4">
-        <v>25.31</v>
+        <v>45.24</v>
       </c>
       <c r="S9" s="4">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>500.89</v>
       </c>
       <c r="Q10" s="4">
         <v>158.83</v>
       </c>
       <c r="R10" s="4">
         <v>31.71</v>
       </c>