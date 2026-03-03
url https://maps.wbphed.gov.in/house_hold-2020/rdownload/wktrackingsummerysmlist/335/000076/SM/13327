--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1035,54 +1035,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>2.11</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.11</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1157,54 +1157,54 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>711.81</v>
       </c>
       <c r="Q8" s="4">
-        <v>180.13</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>25.31</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>10</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1220,54 +1220,54 @@
       <c r="I9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>22.1</v>
       </c>
       <c r="Q9" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>45.24</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1283,54 +1283,54 @@
       <c r="I10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>500.89</v>
       </c>
       <c r="Q10" s="4">
-        <v>158.83</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>31.71</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>2</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1443,54 +1443,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1380.26</v>
       </c>
       <c r="P13" s="8">
-        <v>351.06</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>25.43</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>