--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -227,84 +227,84 @@
   <si>
     <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to AMRA &amp; BAIKUNTHAPUR Piped Water Supply Scheme under Burdwan II Block, District:- Purba Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.</t>
   </si>
   <si>
     <t>Junior Engineer, Burdwan Sadar Sub-Division</t>
   </si>
   <si>
     <t>ORD/000089/2023-2024</t>
   </si>
   <si>
     <t>2214/BWD</t>
   </si>
   <si>
     <t>15/05/2023</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>CONCORD ENGINEERING</t>
   </si>
   <si>
+    <t>Installation of two tank chlorination system, Yard lighting arrangement &amp; allied works at KUSHA &amp; others water supply scheme under Bardhaman-II Block under Central Mechanical Division, P.H.E. Dte., Dist.- Purba Bardhaman</t>
+  </si>
+  <si>
+    <t>ORD/000065/2024-2025</t>
+  </si>
+  <si>
+    <t>2389/CMD</t>
+  </si>
+  <si>
+    <t>02/08/2024</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>DILIP MAHATO</t>
+  </si>
+  <si>
     <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at Baikunthapur Water Supply Scheme [ Block- Burdwan-2 ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
   </si>
   <si>
     <t>ORD/000663/2023-2024</t>
   </si>
   <si>
     <t>4006/CMD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>28/09/2023</t>
   </si>
   <si>
     <t>A.S. ENTERPRISE</t>
-  </si>
-[...16 lines deleted...]
-    <t>DILIP MAHATO</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1035,54 +1035,54 @@
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>0.8</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.77</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1334,54 +1334,54 @@
       <c r="I11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>750.87</v>
       </c>
       <c r="Q11" s="4">
-        <v>213.55</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>28.44</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>55</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1394,60 +1394,60 @@
       <c r="H12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
-        <v>28.95</v>
+        <v>53.14</v>
       </c>
       <c r="Q12" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>17.96</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
@@ -1457,91 +1457,91 @@
       <c r="H13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P13" s="4">
-        <v>53.14</v>
+        <v>28.95</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>873.12</v>
       </c>
       <c r="P14" s="8">
-        <v>219.55</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>25.14</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>