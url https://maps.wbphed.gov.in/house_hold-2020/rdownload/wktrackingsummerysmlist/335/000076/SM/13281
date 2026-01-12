--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -233,51 +233,51 @@
   <si>
     <t>BP-2023-24-340</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
     <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to UCHALAN, CHAK CHANDAN, SERPUR &amp; KATNABIL Piped Water Supply Scheme under Raina II Block, District:- Purba Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/000367/2023-2024</t>
   </si>
   <si>
     <t>3076/BWD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
-    <t>01/10/2025</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>SK ALIM</t>
   </si>
   <si>
     <t>Continuation Work Order for Supply of one No.Diesel Driven Ambassador Car No. WB:41H-4009 on hire basis for the office of the Assistant Engineer,Burdwan Sub-Division,PHE Dte(Period from 01-03-2025 to 31.05.2025)</t>
   </si>
   <si>
     <t>ORD/001407/2024-2025</t>
   </si>
   <si>
     <t>457/BSD</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
   <si>
     <t>SK. ASFIA</t>
   </si>
   <si>
     <t>Total</t>
   </si>