--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1151,54 +1151,54 @@
       <c r="I8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>28.98</v>
       </c>
       <c r="Q8" s="4">
-        <v>22.75</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>78.49</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>96</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1214,54 +1214,54 @@
       <c r="I9" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>0.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1336,54 +1336,54 @@
       <c r="I11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>1307.56</v>
       </c>
       <c r="Q11" s="4">
-        <v>216.37</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>16.55</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1433,54 +1433,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1476.03</v>
       </c>
       <c r="P13" s="8">
-        <v>239.99</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>16.26</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>