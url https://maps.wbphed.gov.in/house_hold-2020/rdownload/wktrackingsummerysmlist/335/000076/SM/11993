--- v0 (2025-12-07)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,267 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>PURBA BARDHAMAN</t>
+  </si>
+  <si>
+    <t>Burdwan Division</t>
+  </si>
+  <si>
+    <t>Consultancy Service for making DPR to implement New Piped Water Supply Scheme (MVS) within the Purba Bardhaman District.</t>
+  </si>
+  <si>
+    <t>SM/11993</t>
+  </si>
+  <si>
+    <t>Support-M&amp;E</t>
+  </si>
+  <si>
+    <t>Preparation &amp; Submission of DPR for New Water Supply Scheme under JAMALPUR Development Block under Burdwan Division, P.H.E. Dte. [Gr. A]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000463/2022-2023</t>
+  </si>
+  <si>
+    <t>3901/BWD</t>
+  </si>
+  <si>
+    <t>08/09/2022</t>
+  </si>
+  <si>
+    <t>23/10/2022</t>
+  </si>
+  <si>
+    <t>APEX ENGINEERING</t>
+  </si>
+  <si>
+    <t>Preparation of piped network system &amp; design the same including Route Survey using DGPS &amp; all related field work for technical data and JJM compliant data collection preparation and supply of Geo reference drawing (CAD-GIS) layout of plan of the zone wise command area of water distribution and transmission network (WD &amp; TN) Showing all requisite design physical features including cost and estimate of different real component of PWSS like OHR, TW,PUMP HOUSE, B/W electronica component etc. including preparation and submission of DPR booklet of PWSS all complete in consultation with PHED Planning Wings and clearance from SLSSC including preparation of bid documents in different PWSS of uncovered area within Mongalkote Dev. Block under Katwa Sub-Division under Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000488/2022-2023</t>
+  </si>
+  <si>
+    <t>3931/BWD</t>
+  </si>
+  <si>
+    <t>09/09/2022</t>
+  </si>
+  <si>
+    <t>08/11/2022</t>
+  </si>
+  <si>
+    <t>RUDRABHISHEK ENTERPRISES LIMITED</t>
+  </si>
+  <si>
+    <t>Preparation of piped network system &amp; design the same including Route Survey using DGPS &amp; all related field work for technical data and JJM compliant data collection preparation and supply of Geo reference drawing (CAD-GIS) layout of plan of the zone wise command area of water distribution and transmission network (WD &amp; TN) Showing all requisite design physical features including cost and estimate of different real component of PWSS like OHR, TW, PUMP HOUSE, B/W electronica component etc. including preparation and submission of DPR booklet of PWSS all complete in consultation with PHED Planning Wings and clearance from SLSSC including preparation of bid documents in different PWSS of uncovered area within Ausgram II, Galsi I &amp; Bhatar Dev. Block under Durgapur (Burdwan North) Sub-Division under Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000471/2022-2023</t>
+  </si>
+  <si>
+    <t>3825/BWD</t>
+  </si>
+  <si>
+    <t>02/09/2022</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>SRIJAN ECOLOGICAL UPLIFTMENT PVT LTD.</t>
+  </si>
+  <si>
+    <t>Preparation &amp; Submission of DPR for New Water Supply Scheme under KETUGRAM - I Development Block under Burdwan Division, P.H.E. Dte. [Gr. A]</t>
+  </si>
+  <si>
+    <t>ORD/000511/2022-2023</t>
+  </si>
+  <si>
+    <t>3972/BWD</t>
+  </si>
+  <si>
+    <t>13/09/2022</t>
+  </si>
+  <si>
+    <t>28/10/2022</t>
+  </si>
+  <si>
+    <t>ENVIROTECH SOLUTIONS</t>
+  </si>
+  <si>
+    <t>Preparation &amp; Submission of DPR for New Water Supply Scheme under KETUGRAM - II Development Block under Burdwan Division, P.H.E. Dte. [Gr. B]</t>
+  </si>
+  <si>
+    <t>ORD/000512/2022-2023</t>
+  </si>
+  <si>
+    <t>3988/BWD</t>
+  </si>
+  <si>
+    <t>Work Order for Service for land acquisition for different PWSS under JJM of Purbasthali-I block under Kalna Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER KALNA SUB-DIVISION PHE DTE</t>
+  </si>
+  <si>
+    <t>ORD/000341/2023-2024</t>
+  </si>
+  <si>
+    <t>519/KSD</t>
+  </si>
+  <si>
+    <t>06/06/2023</t>
+  </si>
+  <si>
+    <t>06/06/2024</t>
+  </si>
+  <si>
+    <t>PARTHA PRATIM ACHARYA</t>
+  </si>
+  <si>
+    <t>Work Order for Service for land acquisition for different PWSS under JJM of Monteswar block under Kalna Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000343/2023-2024</t>
+  </si>
+  <si>
+    <t>535/KSD</t>
+  </si>
+  <si>
+    <t>07/06/2023</t>
+  </si>
+  <si>
+    <t>07/06/2024</t>
+  </si>
+  <si>
+    <t>Preparation of piped network system &amp; design the same including Route Survey using DGPS &amp; all related field work for technical data and JJM compliant data collection preparation and supply of Geo reference drawing (CAD-GIS) layout of plan of the zone wise command area of water distribution and transmission network (WD &amp; TN) Showing all requisite design physical features including cost and estimate of different real component of PWSS like OHR, TW, PUMP HOUSE, B/W electronica component etc. including preparation and submission of DPR booklet of PWSS all complete in consultation with PHED Planning Wings and clearance from SLSSC including preparation of bid documents in different PWSS of uncovered area within Burdwan II, Khandaghosh, Memari I &amp; Raina II Dev. Block, under Burdwan Sub-Division under Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000472/2022-2023</t>
+  </si>
+  <si>
+    <t>3841/BWD</t>
+  </si>
+  <si>
+    <t>05/09/2022</t>
+  </si>
+  <si>
+    <t>04/11/2022</t>
+  </si>
+  <si>
+    <t>MARS PLANNING AND ENGINEERING SERVICES PVT LTD.</t>
+  </si>
+  <si>
+    <t>Preparation of piped network system &amp; design the same including Route Survey using DGPS &amp; all related field work for technical data and JJM compliant data collection preparation and supply of Geo reference drawing (CAD-GIS) layout of plan of the zone wise command area of water distribution and transmission network (WD &amp; TN) Showing all requisite design physical features including cost and estimate of different real component of PWSS like OHR, TW,PUMP HOUSE, B/W electronica component etc. including preparation and submission of DPR booklet of PWSS all complete in consultation with PHED Planning Wings and clearance from SLSSC including preparation of bid documents in different PWSS of uncovered area within Kalna I &amp; Monteswar Dev. Block under Kalna Sub-Division under Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000487/2022-2023</t>
+  </si>
+  <si>
+    <t>3956/BWD</t>
+  </si>
+  <si>
+    <t>VENKATESHWARA ENTERPRISES</t>
+  </si>
+  <si>
+    <t>Preparation &amp; Submission of DPR for New Water Supply Scheme under PURBASTHALI - I Development Block under Burdwan Division, P.H.E. Dte. [Gr. C]</t>
+  </si>
+  <si>
+    <t>ORD/000513/2022-2023</t>
+  </si>
+  <si>
+    <t>4056/BWD</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>30/10/2022</t>
+  </si>
+  <si>
+    <t>ECO CARE</t>
+  </si>
+  <si>
+    <t>Preparation &amp; Submission of DPR for New Water Supply Scheme under PURBASTHALI - II Development Block under Burdwan Division, P.H.E. Dte. [Gr. D]</t>
+  </si>
+  <si>
+    <t>ORD/000514/2022-2023</t>
+  </si>
+  <si>
+    <t>4079/BWD</t>
+  </si>
+  <si>
+    <t>16/09/2022</t>
+  </si>
+  <si>
+    <t>31/10/2022</t>
+  </si>
+  <si>
+    <t>Continuation Work for Preparation &amp; Submission of DPR for New Water Supply Scheme under KETUGRAM - I Development Block under Burdwan Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000920/2022-2023</t>
+  </si>
+  <si>
+    <t>4636/BWD</t>
+  </si>
+  <si>
+    <t>17/10/2022</t>
+  </si>
+  <si>
+    <t>01/12/2022</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +367,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +720,913 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="56.557617" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...12 lines deleted...]
-      <c r="O3" s="6">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" s="4">
+        <v>8.83</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>6.18</v>
+      </c>
+      <c r="R3" s="4">
+        <v>70</v>
+      </c>
+      <c r="S3" s="4">
         <v>0</v>
       </c>
-      <c r="P3" s="6">
-[...6 lines deleted...]
-      <c r="S3" s="6"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" s="4">
+        <v>90</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>88.45</v>
+      </c>
+      <c r="R4" s="4">
+        <v>98.28</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" s="4">
+        <v>225</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>221.17</v>
+      </c>
+      <c r="R5" s="4">
+        <v>98.3</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" s="4">
+        <v>60.07</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>54.11</v>
+      </c>
+      <c r="R6" s="4">
+        <v>90.08</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P7" s="4">
+        <v>30.03</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>26.56</v>
+      </c>
+      <c r="R7" s="4">
+        <v>88.44</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" s="4">
+        <v>0.81</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0.81</v>
+      </c>
+      <c r="R8" s="4">
+        <v>100</v>
+      </c>
+      <c r="S8" s="4">
+        <v>100</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="P9" s="4">
+        <v>0.81</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0.33</v>
+      </c>
+      <c r="R9" s="4">
+        <v>40</v>
+      </c>
+      <c r="S9" s="4">
+        <v>42</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" s="4">
+        <v>300</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>270.91</v>
+      </c>
+      <c r="R10" s="4">
+        <v>90.3</v>
+      </c>
+      <c r="S10" s="4">
+        <v>100</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="13"/>
+      <c r="K11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" s="4">
+        <v>180</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>179.89</v>
+      </c>
+      <c r="R11" s="4">
+        <v>99.94</v>
+      </c>
+      <c r="S11" s="4">
+        <v>100</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" s="4">
+        <v>60.07</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>60.04</v>
+      </c>
+      <c r="R12" s="4">
+        <v>99.96</v>
+      </c>
+      <c r="S12" s="4">
+        <v>100</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="13"/>
+      <c r="K13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="P13" s="4">
+        <v>6.76</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>5.56</v>
+      </c>
+      <c r="R13" s="4">
+        <v>82.21</v>
+      </c>
+      <c r="S13" s="4">
+        <v>100</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
+      <c r="K14" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P14" s="4">
+        <v>17.27</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>17.17</v>
+      </c>
+      <c r="R14" s="4">
+        <v>99.39</v>
+      </c>
+      <c r="S14" s="4">
+        <v>100</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>979.65</v>
+      </c>
+      <c r="P15" s="8">
+        <v>931.17</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>95.05</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>