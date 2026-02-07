--- v1 (2025-12-14)
+++ v2 (2026-02-07)
@@ -881,54 +881,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>8.83</v>
       </c>
       <c r="Q3" s="4">
-        <v>6.18</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -940,54 +940,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>90</v>
       </c>
       <c r="Q4" s="4">
-        <v>88.45</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.28</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -999,54 +999,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>225</v>
       </c>
       <c r="Q5" s="4">
-        <v>221.17</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.3</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1058,54 +1058,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>60.07</v>
       </c>
       <c r="Q6" s="4">
-        <v>54.11</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>90.08</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1117,54 +1117,54 @@
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>30.03</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.56</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>88.44</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1178,54 +1178,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>0.81</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.81</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1239,54 +1239,54 @@
       <c r="I9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>0.81</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>42</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1298,54 +1298,54 @@
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>300</v>
       </c>
       <c r="Q10" s="4">
-        <v>270.91</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>90.3</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1357,54 +1357,54 @@
         <v>72</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>180</v>
       </c>
       <c r="Q11" s="4">
-        <v>179.89</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1416,54 +1416,54 @@
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>60.07</v>
       </c>
       <c r="Q12" s="4">
-        <v>60.04</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1475,54 +1475,54 @@
         <v>82</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>6.76</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.56</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>82.21</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1532,88 +1532,88 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P14" s="4">
         <v>17.27</v>
       </c>
       <c r="Q14" s="4">
-        <v>17.17</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.39</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>979.65</v>
       </c>
       <c r="P15" s="8">
-        <v>931.17</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>95.05</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>