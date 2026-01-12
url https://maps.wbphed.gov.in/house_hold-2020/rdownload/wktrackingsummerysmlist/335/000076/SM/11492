--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -242,230 +242,230 @@
   <si>
     <t>BILL/01523/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-191</t>
   </si>
   <si>
     <t>09/10/2023</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION CO. LTD. (WBSEDCL)</t>
   </si>
   <si>
     <t>New service connection charges for Selimabad W/S Scheme TW-1</t>
   </si>
   <si>
     <t>BILL/00607/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-16</t>
   </si>
   <si>
     <t>22/05/2023</t>
   </si>
   <si>
+    <t>Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.02.2024 to 31.03.2024]</t>
+  </si>
+  <si>
+    <t>AE(HQs)</t>
+  </si>
+  <si>
+    <t>J.E. 1 BURDWAN</t>
+  </si>
+  <si>
+    <t>ORD/001206/2023-2024</t>
+  </si>
+  <si>
+    <t>44/AE/HQ</t>
+  </si>
+  <si>
+    <t>29/01/2024</t>
+  </si>
+  <si>
+    <t>29/03/2024</t>
+  </si>
+  <si>
+    <t>SK. ASRAFUDDIN</t>
+  </si>
+  <si>
+    <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.04.2024 to 31.05.2024]</t>
+  </si>
+  <si>
+    <t>ORD/001232/2023-2024</t>
+  </si>
+  <si>
+    <t>226/AE/HQ</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>27/05/2024</t>
+  </si>
+  <si>
+    <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.08.2024 to 30.09.2024]</t>
+  </si>
+  <si>
+    <t>Contractual Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000506/2024-2025</t>
+  </si>
+  <si>
+    <t>545/AE/HQ</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.06.2024 to 31.07.2024]</t>
+  </si>
+  <si>
+    <t>ORD/000439/2024-2025</t>
+  </si>
+  <si>
+    <t>304/AE/HQ</t>
+  </si>
+  <si>
+    <t>31/05/2024</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>Providing pea size Gravels and Bentonite Powder sodium based at site with other works for construction of tube well at Selimabad PWSS( TW-III),Jamalpur Block under Purba Bardhaman ,Central Drilling Division, P.H.E Dte</t>
+  </si>
+  <si>
+    <t>Driller In Charge</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000064/2023-2024</t>
+  </si>
+  <si>
+    <t>269/CMSD-I(D)</t>
+  </si>
+  <si>
+    <t>04/12/2023</t>
+  </si>
+  <si>
+    <t>19/12/2023</t>
+  </si>
+  <si>
+    <t>C.M. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Providing Tube well materials Conforming to IS: 12818:2010 with other Works at site for construction of Tube Well at Selimabad PWSS (TW-III),Jamalpur Block under Purba Bardhaman , Central Drilling Division, P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000065/2023-2024</t>
+  </si>
+  <si>
+    <t>271/CMSD-I(D)</t>
+  </si>
+  <si>
+    <t>Providing drilling crews for construction of TW (250mm x 150mm) by Departmental Rig machine for Selimabad PWSS (TW-III), Jamalpur block under Purba Midnapur, CDD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000146/2023-2024</t>
+  </si>
+  <si>
+    <t>270/CMSD-I(D)</t>
+  </si>
+  <si>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-2 at Selimabad Water Supply Scheme [ Block- Jamalpur ] under CMD, PHE Dte., Dist.- Purba-Bardhaman</t>
+  </si>
+  <si>
+    <t>ORD/000612/2022-2023</t>
+  </si>
+  <si>
+    <t>3118/CMD</t>
+  </si>
+  <si>
+    <t>SUBRATA BHADRA</t>
+  </si>
+  <si>
+    <t>Quotation from WBSEDCL for new connection charges of Selimabad w/s scheme of T.W.-3 under Burdwan Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>BILL/01932/2023-2024</t>
+  </si>
+  <si>
+    <t>1824/JJM</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION FOR SELIMABAD PWSS.</t>
+  </si>
+  <si>
+    <t>BILL/02698/2023-2024</t>
+  </si>
+  <si>
+    <t>BP-2023-24-565</t>
+  </si>
+  <si>
+    <t>23/02/2024</t>
+  </si>
+  <si>
+    <t>Additional Quotation for new service connection at Selimabad PWSS PH-3.</t>
+  </si>
+  <si>
+    <t>BILL/00460/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-248</t>
+  </si>
+  <si>
     <t>Augmentation of SELIMABAD Piped Water Supply Scheme with LDS, FHTC, Rising main, Construction of 350 cum capacity OHR with 20.0 mtr. Staging height inclusive of soil investigation including construction of switch-rooms (5.40mx3.6m) &amp; Boundary walls for new TW site under Jamalpur Block, District:- Purba-Burdwan. [Treated as "New Scheme in place of Augmentation" vide Corrigendum Notice No. 1545/CC, dated 02.08.2022.]</t>
   </si>
   <si>
-    <t>AE(HQs)</t>
-[...1 lines deleted...]
-  <si>
     <t>J.E. 3 BURDWAN,Junior Engineer, Burdwan Division</t>
   </si>
   <si>
     <t>ORD/000234/2022-2023</t>
   </si>
   <si>
     <t>3386/BWD</t>
   </si>
   <si>
     <t>04/08/2022</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>S. DUTTA</t>
   </si>
   <si>
-    <t>Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.02.2024 to 31.03.2024]</t>
-[...154 lines deleted...]
-  <si>
     <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.02.2025 to 31.03.2025]</t>
   </si>
   <si>
     <t>ORD/001155/2024-2025</t>
   </si>
   <si>
     <t>187/AE/HQ</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.12.2024 to 31.01.2025]</t>
   </si>
   <si>
     <t>ORD/000899/2024-2025</t>
   </si>
   <si>
     <t>1012/AE/HQ</t>
   </si>
   <si>
     <t>29/11/2024</t>
@@ -530,66 +530,54 @@
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>A.R. TRADERS</t>
   </si>
   <si>
     <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.12.2025 to 31.01.2026]</t>
   </si>
   <si>
     <t>ORD/000802/2025-2026</t>
   </si>
   <si>
     <t>1282/AE/HQ</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>01/02/2026</t>
   </si>
   <si>
-    <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.08.2025 to 30.09.2025]</t>
+    <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.10.2025 to 30.11.2025]</t>
   </si>
   <si>
     <t>AE(HQs), Burdwan Division, PHE Dte.</t>
-  </si>
-[...10 lines deleted...]
-    <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.10.2025 to 30.11.2025]</t>
   </si>
   <si>
     <t>ORD/000702/2025-2026</t>
   </si>
   <si>
     <t>1196/AE/HQ</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>24/11/2025</t>
   </si>
   <si>
     <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-3 at Selimabad Water Supply Scheme [ Block- Jamalpur ] under CMD, PHE Dte., Dist.- Purba-Bardhaman</t>
   </si>
   <si>
     <t>ORD/000615/2022-2023</t>
   </si>
   <si>
     <t>3119/CMD</t>
   </si>
   <si>
     <t>02/12/2024</t>
   </si>
@@ -1005,51 +993,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W36"/>
+  <dimension ref="A1:W35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1820,1044 +1808,1044 @@
       <c r="H14" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P14" s="4">
-        <v>435.08</v>
+        <v>0.8</v>
       </c>
       <c r="Q14" s="4">
-        <v>270.1</v>
+        <v>0.8</v>
       </c>
       <c r="R14" s="4">
-        <v>62.08</v>
+        <v>99.9</v>
       </c>
       <c r="S14" s="4">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>84</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J15" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="K15" s="4" t="s">
+      <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="M15" s="4" t="s">
+      <c r="N15" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="N15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P15" s="4">
         <v>0.8</v>
       </c>
       <c r="Q15" s="4">
         <v>0.8</v>
       </c>
       <c r="R15" s="4">
-        <v>99.9</v>
+        <v>99.66</v>
       </c>
       <c r="S15" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="K16" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="L16" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="L16" s="4" t="s">
+      <c r="M16" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="M16" s="4" t="s">
+      <c r="N16" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="N16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O16" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P16" s="4">
         <v>0.8</v>
       </c>
       <c r="Q16" s="4">
         <v>0.8</v>
       </c>
       <c r="R16" s="4">
-        <v>99.66</v>
+        <v>99.86</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J17" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="K17" s="4" t="s">
+      <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="L17" s="4" t="s">
+      <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="M17" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O17" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P17" s="4">
         <v>0.8</v>
       </c>
       <c r="Q17" s="4">
         <v>0.8</v>
       </c>
       <c r="R17" s="4">
-        <v>99.86</v>
+        <v>99.71</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="J18" s="13" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="P18" s="4">
-        <v>0.8</v>
+        <v>1.88</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.8</v>
+        <v>0.78</v>
       </c>
       <c r="R18" s="4">
-        <v>99.71</v>
+        <v>41.34</v>
       </c>
       <c r="S18" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>102</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="N19" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="O19" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="I19" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P19" s="4">
-        <v>1.88</v>
+        <v>3.28</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.78</v>
+        <v>2.39</v>
       </c>
       <c r="R19" s="4">
-        <v>41.34</v>
+        <v>72.95</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="I20" s="13" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="J20" s="13" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="K20" s="4" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="O20" s="4" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="P20" s="4">
-        <v>3.28</v>
+        <v>1.73</v>
       </c>
       <c r="Q20" s="4">
-        <v>2.39</v>
+        <v>1.55</v>
       </c>
       <c r="R20" s="4">
-        <v>72.95</v>
+        <v>89.93</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="I21" s="13" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
       <c r="J21" s="13" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="P21" s="4">
-        <v>1.73</v>
+        <v>11.07</v>
       </c>
       <c r="Q21" s="4">
-        <v>1.55</v>
+        <v>10.72</v>
       </c>
       <c r="R21" s="4">
-        <v>89.93</v>
+        <v>96.83</v>
       </c>
       <c r="S21" s="4">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="I22" s="13"/>
+      <c r="J22" s="13"/>
+      <c r="K22" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="N22" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="O22" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="I22" s="13" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P22" s="4">
-        <v>11.07</v>
+        <v>10.47</v>
       </c>
       <c r="Q22" s="4">
-        <v>10.72</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>96.83</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="13" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13"/>
       <c r="K23" s="4" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>94</v>
+        <v>125</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>94</v>
+        <v>125</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
       <c r="P23" s="4">
-        <v>10.47</v>
+        <v>0.66</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H24" s="13" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13"/>
       <c r="K24" s="4" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P24" s="4">
-        <v>0.66</v>
+        <v>0.95</v>
       </c>
       <c r="Q24" s="4">
         <v>0</v>
       </c>
       <c r="R24" s="4">
         <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="I25" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="M25" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="I25" s="13"/>
-[...1 lines deleted...]
-      <c r="K25" s="4" t="s">
+      <c r="N25" s="4" t="s">
         <v>134</v>
       </c>
-      <c r="L25" s="4" t="s">
+      <c r="O25" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="M25" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P25" s="4">
-        <v>0.95</v>
+        <v>435.08</v>
       </c>
       <c r="Q25" s="4">
-        <v>0</v>
+        <v>270.1</v>
       </c>
       <c r="R25" s="4">
-        <v>0</v>
+        <v>62.08</v>
       </c>
       <c r="S25" s="4">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>136</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J26" s="13" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O26" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P26" s="4">
         <v>0.8</v>
       </c>
       <c r="Q26" s="4">
         <v>0.76</v>
       </c>
       <c r="R26" s="4">
         <v>94.73</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H27" s="13" t="s">
         <v>141</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J27" s="13" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P27" s="4">
         <v>0.8</v>
       </c>
       <c r="Q27" s="4">
         <v>0.8</v>
       </c>
       <c r="R27" s="4">
         <v>99.87</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H28" s="13" t="s">
         <v>146</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J28" s="13" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P28" s="4">
         <v>0.8</v>
       </c>
       <c r="Q28" s="4">
         <v>0.7</v>
       </c>
       <c r="R28" s="4">
         <v>87.03</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="13" t="s">
         <v>150</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J29" s="13" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P29" s="4">
         <v>0.8</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="13" t="s">
         <v>155</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J30" s="13" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>156</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>157</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P30" s="4">
         <v>0.8</v>
       </c>
       <c r="Q30" s="4">
         <v>0.77</v>
       </c>
       <c r="R30" s="4">
         <v>95.73</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
@@ -2920,311 +2908,248 @@
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="13" t="s">
         <v>167</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O32" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P32" s="4">
         <v>0.8</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="13" t="s">
         <v>172</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>173</v>
       </c>
       <c r="J33" s="13" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="O33" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="P33" s="4">
         <v>0.8</v>
       </c>
       <c r="Q33" s="4">
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="13" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I34" s="13" t="s">
-        <v>173</v>
+        <v>33</v>
       </c>
       <c r="J34" s="13" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="K34" s="4" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L34" s="4" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M34" s="4" t="s">
-        <v>180</v>
+        <v>37</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>90</v>
+        <v>182</v>
       </c>
       <c r="P34" s="4">
-        <v>0.8</v>
+        <v>10.73</v>
       </c>
       <c r="Q34" s="4">
-        <v>0</v>
+        <v>7.58</v>
       </c>
       <c r="R34" s="4">
-        <v>0</v>
+        <v>70.66</v>
       </c>
       <c r="S34" s="4">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
-      <c r="A35" s="3">
-[...29 lines deleted...]
-      <c r="K35" s="4" t="s">
+      <c r="A35" s="7" t="s">
         <v>183</v>
       </c>
-      <c r="L35" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="7"/>
+      <c r="H35" s="14"/>
+      <c r="I35" s="14"/>
+      <c r="J35" s="14"/>
+      <c r="K35" s="8"/>
+      <c r="L35" s="8"/>
+      <c r="M35" s="8"/>
+      <c r="N35" s="8"/>
+      <c r="O35" s="8">
+        <v>541.6</v>
+      </c>
+      <c r="P35" s="8">
+        <v>321.68</v>
+      </c>
+      <c r="Q35" s="8">
+        <v>59.4</v>
+      </c>
+      <c r="R35" s="8"/>
+      <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
-    <row r="36" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A36:N36"/>
+    <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>