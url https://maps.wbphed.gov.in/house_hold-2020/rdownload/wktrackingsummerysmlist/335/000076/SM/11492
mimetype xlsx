--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -465,50 +465,56 @@
     <t>ORD/000899/2024-2025</t>
   </si>
   <si>
     <t>1012/AE/HQ</t>
   </si>
   <si>
     <t>29/11/2024</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.10.2024 to 30.11.2024]</t>
   </si>
   <si>
     <t>ORD/000705/2024-2025</t>
   </si>
   <si>
     <t>821/AE/HQ</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.06.2025 to 31.07.2025]</t>
+  </si>
+  <si>
+    <t>AE(HQs),AE(HQs), Burdwan Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Contractual Junior Engineer,J.E. 1 BURDWAN</t>
   </si>
   <si>
     <t>ORD/000170/2025-2026</t>
   </si>
   <si>
     <t>685/AE/HQ</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>30/07/2025</t>
   </si>
   <si>
     <t>Continuation work for Supply of one no. Diesel / LPG / CNG driven Motor Cab / Maxi Cab (Air Condition) on hire basis for the office of the Executive Engineer, Burdwan Division, P.H.E. Dte. to be used by the Assistant Engineer, Headquarters, P.H.E. Dte. [Period from 01.04.2025 to 31.05.2025]</t>
   </si>
   <si>
     <t>ORD/001406/2024-2025</t>
   </si>
   <si>
     <t>453/AE/HQ</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
@@ -1217,54 +1223,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>11.08</v>
       </c>
       <c r="Q4" s="4">
-        <v>10.67</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>96.28</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>80</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1276,54 +1282,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>3.29</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>96.09</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1335,54 +1341,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>1.74</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.38</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>79.26</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1394,54 +1400,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P7" s="4">
         <v>1.88</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>63.31</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1453,54 +1459,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>1.73</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.55</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>89.93</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1512,54 +1518,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P9" s="4">
         <v>1.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.16</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>61.53</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1571,54 +1577,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P10" s="4">
         <v>3.28</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.69</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1811,54 +1817,54 @@
       <c r="I14" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P14" s="4">
         <v>0.8</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>50</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1874,54 +1880,54 @@
       <c r="I15" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P15" s="4">
         <v>0.8</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.66</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1937,54 +1943,54 @@
       <c r="I16" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P16" s="4">
         <v>0.8</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.86</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2000,54 +2006,54 @@
       <c r="I17" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P17" s="4">
         <v>0.8</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.71</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2063,54 +2069,54 @@
       <c r="I18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>1.88</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>41.34</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2126,54 +2132,54 @@
       <c r="I19" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P19" s="4">
         <v>3.28</v>
       </c>
       <c r="Q19" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>72.95</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2189,54 +2195,54 @@
       <c r="I20" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P20" s="4">
         <v>1.73</v>
       </c>
       <c r="Q20" s="4">
-        <v>1.55</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>89.93</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2252,54 +2258,54 @@
       <c r="I21" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P21" s="4">
         <v>11.07</v>
       </c>
       <c r="Q21" s="4">
-        <v>10.72</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>96.83</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>95</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2492,54 +2498,54 @@
       <c r="I25" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>130</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P25" s="4">
         <v>435.08</v>
       </c>
       <c r="Q25" s="4">
-        <v>270.1</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>62.08</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>70</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
@@ -2555,54 +2561,54 @@
       <c r="I26" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P26" s="4">
         <v>0.8</v>
       </c>
       <c r="Q26" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>94.73</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
@@ -2618,54 +2624,54 @@
       <c r="I27" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P27" s="4">
         <v>0.8</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
@@ -2681,462 +2687,462 @@
       <c r="I28" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>149</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P28" s="4">
         <v>0.8</v>
       </c>
       <c r="Q28" s="4">
-        <v>0.7</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>87.03</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H29" s="13" t="s">
         <v>150</v>
       </c>
       <c r="I29" s="13" t="s">
-        <v>77</v>
+        <v>151</v>
       </c>
       <c r="J29" s="13" t="s">
-        <v>90</v>
+        <v>152</v>
       </c>
       <c r="K29" s="4" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P29" s="4">
         <v>0.8</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K30" s="4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="L30" s="4" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="M30" s="4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="N30" s="4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P30" s="4">
         <v>0.8</v>
       </c>
       <c r="Q30" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>95.73</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="I31" s="13"/>
       <c r="J31" s="13" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="K31" s="4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="P31" s="4">
         <v>0.97</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K32" s="4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P32" s="4">
         <v>0.8</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="13" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="I33" s="13" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K33" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="L33" s="4" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P33" s="4">
         <v>0.8</v>
       </c>
       <c r="Q33" s="4">
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="13" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K34" s="4" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="L34" s="4" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P34" s="4">
         <v>10.73</v>
       </c>
       <c r="Q34" s="4">
-        <v>7.58</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>70.66</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>98</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>541.6</v>
       </c>
       <c r="P35" s="8">
-        <v>321.68</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="8">
-        <v>59.4</v>
+        <v>0</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>