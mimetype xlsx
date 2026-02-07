--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1004,54 +1004,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.81</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.91</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1181,54 +1181,54 @@
         <v>46</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>10.38</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.64</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>92.79</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1240,54 +1240,54 @@
         <v>53</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>11.51</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.86</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>94.31</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1299,54 +1299,54 @@
         <v>59</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>14.45</v>
       </c>
       <c r="Q8" s="4">
-        <v>7.22</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1645,54 +1645,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>83</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P14" s="4">
         <v>181.31</v>
       </c>
       <c r="Q14" s="4">
-        <v>77.21</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>42.58</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1706,54 +1706,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P15" s="4">
         <v>23.9</v>
       </c>
       <c r="Q15" s="4">
-        <v>20.87</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>87.32</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1824,54 +1824,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P17" s="4">
         <v>35.85</v>
       </c>
       <c r="Q17" s="4">
-        <v>18.19</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>50.74</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>80</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1885,54 +1885,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>106</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P18" s="4">
         <v>930.6</v>
       </c>
       <c r="Q18" s="4">
-        <v>737</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>79.2</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>70</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2007,54 +2007,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P20" s="4">
         <v>1064.91</v>
       </c>
       <c r="Q20" s="4">
-        <v>965.35</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>90.65</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>90</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2068,54 +2068,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>90</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P21" s="4">
         <v>2.4</v>
       </c>
       <c r="Q21" s="4">
-        <v>1.17</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>48.84</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>20</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2163,54 +2163,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>5701.5</v>
       </c>
       <c r="P23" s="8">
-        <v>1852.41</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>32.49</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>