--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -919,54 +919,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>2.92</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.86</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.11</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1326,54 +1326,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
         <v>441.1</v>
       </c>
       <c r="Q11" s="4">
-        <v>292.72</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>66.36</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1387,54 +1387,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>579.85</v>
       </c>
       <c r="Q12" s="4">
-        <v>40.37</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>6.96</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>2</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1482,54 +1482,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>4628.49</v>
       </c>
       <c r="P14" s="8">
-        <v>335.96</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>7.26</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>