--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,105 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>PURBA BARDHAMAN</t>
+  </si>
+  <si>
+    <t>Burdwan Division</t>
+  </si>
+  <si>
+    <t>Drinking water sample collection &amp; testing through Filed Test Kits (FTKs) &amp; uploading charges for the same related to Water Quality Monitoring &amp; Surveillance Programme.</t>
+  </si>
+  <si>
+    <t>SM/08993</t>
+  </si>
+  <si>
+    <t>Support-WQMSP</t>
+  </si>
+  <si>
+    <t>Transfer of fund for Field Test Kit (FTK) programme to CMOH, Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>VCH/000488/2022-2023</t>
+  </si>
+  <si>
+    <t>392/FTK/22-23</t>
+  </si>
+  <si>
+    <t>05/08/2022</t>
+  </si>
+  <si>
+    <t>DISTRICT HEALTH &amp; FAMILY WELFARE SAMITY</t>
+  </si>
+  <si>
+    <t>VCH/000288/2022-2023</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
+    <t>Supply and delivery of portable multi-parameter water quality testing device including training on operation of the device in addition to online entry, management, analysis and reporting of water quality test results in State Water Quality Dashboard and IMIS both for monitoring water safety status of rural drinking water sources of 138 Nos. Gram Panchayats in Purba Bardhaman District of West Bengal under PHE Department. ........ [Excluding Sl. No. 03 in the B.O.Q.]</t>
+  </si>
+  <si>
+    <t>ORD/000364/2021-2022</t>
+  </si>
+  <si>
+    <t>119/BWD</t>
+  </si>
+  <si>
+    <t>07/01/2022</t>
+  </si>
+  <si>
+    <t>08/03/2022</t>
+  </si>
+  <si>
+    <t>SUNANDA ENVIROMENTAL INTERNATIONAL PVT LTD.</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +205,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +558,372 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="51.844482" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" s="4">
+        <v>20</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" s="4"/>
+      <c r="M4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="P4" s="4">
+        <v>25.8</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P5" s="4">
+        <v>20.46</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>66.26</v>
+      </c>
+      <c r="P6" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q6" s="8">
+        <v>0</v>
+      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>