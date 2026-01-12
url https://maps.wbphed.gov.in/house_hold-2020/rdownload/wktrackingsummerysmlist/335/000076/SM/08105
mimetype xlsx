--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -312,50 +312,80 @@
     <t>725/DSD</t>
   </si>
   <si>
     <t>BABA ADHIRA CONSTRUCTION</t>
   </si>
   <si>
     <t>Sinking of 250 X 150 mm dia Tubewell and Modification to distribution network by making a loop and extension with uPVC pipe to augment the water supply to FHTC at Sunur and Arra village of AMARUN and its adjoining mouzas W/S Scheme (Zone-I) under Durgapur Sub-Division, Burdwan Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER DURGAPUR SUB-DIVISION PHE DTE</t>
   </si>
   <si>
     <t>ORD/001069/2023-2024</t>
   </si>
   <si>
     <t>1016/BWD</t>
   </si>
   <si>
     <t>07/03/2024</t>
   </si>
   <si>
     <t>06/05/2024</t>
   </si>
   <si>
     <t>BAMDEB CONSTRUCTION &amp; CO</t>
+  </si>
+  <si>
+    <t>Extension of UPVC pipe line of LDS at Kubajpur Adibasipara and Erachya for providing FHTC of Amarun and its adjoining mouzas W/S Scheme (Zone-II) under Durgapur Sub-Division, Burdwan Division, P.H.E. Dte. [SL-26]</t>
+  </si>
+  <si>
+    <t>ORD/000868/2022-2023</t>
+  </si>
+  <si>
+    <t>724/DSD</t>
+  </si>
+  <si>
+    <t>Extension of UPVC pipe line of LDS at Ramnagar Mouza for providing FHTC of Amarun and its adjoining mouzas W/S Scheme (Zone-II) under Durgapur Sub-Division, Burdwan Division, P.H.E. Dte. [SL-28]</t>
+  </si>
+  <si>
+    <t>ORD/000870/2022-2023</t>
+  </si>
+  <si>
+    <t>726/DSD</t>
+  </si>
+  <si>
+    <t>Extension of UPVC pipe line of LDS at Hanrgram Uttarpara, Majhipukur par and Dulepara for providing FHTC of Amarun and its adjoining mouzas W/S Scheme (Zone-II) under Durgapur Sub-Division, Burdwan Division, P.H.E. Dte.[SL-30]</t>
+  </si>
+  <si>
+    <t>ORD/000871/2022-2023</t>
+  </si>
+  <si>
+    <t>727/DSD</t>
+  </si>
+  <si>
+    <t>RAM MOHAN MUKHERJEE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -744,51 +774,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W17"/>
+  <dimension ref="A1:W20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1698,87 +1728,270 @@
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>34.03</v>
       </c>
       <c r="Q16" s="4">
         <v>34.01</v>
       </c>
       <c r="R16" s="4">
         <v>99.94</v>
       </c>
       <c r="S16" s="4">
         <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
-      <c r="A17" s="7" t="s">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" s="13" t="s">
         <v>100</v>
       </c>
-      <c r="B17" s="7"/>
-[...22 lines deleted...]
-      <c r="S17" s="8"/>
+      <c r="I17" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O17" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P17" s="4">
+        <v>4.58</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>4.58</v>
+      </c>
+      <c r="R17" s="4">
+        <v>99.87</v>
+      </c>
+      <c r="S17" s="4">
+        <v>100</v>
+      </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O18" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P18" s="4">
+        <v>4.16</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>0</v>
+      </c>
+      <c r="R18" s="4">
+        <v>0</v>
+      </c>
+      <c r="S18" s="4">
+        <v>100</v>
+      </c>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="3">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H19" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N19" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O19" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="P19" s="4">
+        <v>4.78</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>0</v>
+      </c>
+      <c r="R19" s="4">
+        <v>0</v>
+      </c>
+      <c r="S19" s="4">
+        <v>100</v>
+      </c>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" s="7"/>
+      <c r="C20" s="7"/>
+      <c r="D20" s="7"/>
+      <c r="E20" s="11"/>
+      <c r="F20" s="7"/>
+      <c r="G20" s="7"/>
+      <c r="H20" s="14"/>
+      <c r="I20" s="14"/>
+      <c r="J20" s="14"/>
+      <c r="K20" s="8"/>
+      <c r="L20" s="8"/>
+      <c r="M20" s="8"/>
+      <c r="N20" s="8"/>
+      <c r="O20" s="8">
+        <v>251.29</v>
+      </c>
+      <c r="P20" s="8">
+        <v>213.32</v>
+      </c>
+      <c r="Q20" s="8">
+        <v>84.89</v>
+      </c>
+      <c r="R20" s="8"/>
+      <c r="S20" s="8"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>