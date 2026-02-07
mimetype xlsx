--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -935,54 +935,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>9.72</v>
+        <v>4.86</v>
       </c>
       <c r="R3" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -994,54 +994,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>4.87</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.6</v>
+        <v>4.8</v>
       </c>
       <c r="R4" s="4">
-        <v>197.39</v>
+        <v>98.69</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1053,54 +1053,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>4.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.72</v>
+        <v>4.86</v>
       </c>
       <c r="R5" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1112,54 +1112,54 @@
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P6" s="4">
         <v>4.87</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.73</v>
+        <v>4.87</v>
       </c>
       <c r="R6" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1171,54 +1171,54 @@
         <v>46</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>76.46</v>
       </c>
       <c r="Q7" s="4">
-        <v>38.46</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>50.3</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1230,54 +1230,54 @@
         <v>52</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>85.05</v>
       </c>
       <c r="Q8" s="4">
-        <v>80.1</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>94.18</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>1</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1348,54 +1348,54 @@
         <v>63</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>1.04</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1409,54 +1409,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>1.93</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.91</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.86</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1470,54 +1470,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>4.81</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1531,54 +1531,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P13" s="4">
         <v>4.83</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1653,54 +1653,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>4.83</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1714,54 +1714,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>34.03</v>
       </c>
       <c r="Q16" s="4">
-        <v>34.01</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1775,54 +1775,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P17" s="4">
         <v>4.58</v>
       </c>
       <c r="Q17" s="4">
-        <v>4.58</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.87</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1931,54 +1931,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>251.29</v>
       </c>
       <c r="P20" s="8">
-        <v>213.32</v>
+        <v>19.39</v>
       </c>
       <c r="Q20" s="8">
-        <v>84.89</v>
+        <v>7.71</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>