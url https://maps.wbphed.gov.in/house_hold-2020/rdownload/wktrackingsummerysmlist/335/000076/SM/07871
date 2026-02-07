--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1079,54 +1079,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>9.03</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.05</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>89.08</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1138,54 +1138,54 @@
         <v>46</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>63.94</v>
       </c>
       <c r="Q7" s="4">
-        <v>32.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>50.67</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1380,54 +1380,54 @@
       <c r="I11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>9.91</v>
       </c>
       <c r="Q11" s="4">
-        <v>7.52</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>75.84</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1646,54 +1646,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>226.55</v>
       </c>
       <c r="P16" s="8">
-        <v>47.97</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>21.17</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>