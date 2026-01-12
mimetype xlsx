--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -188,51 +188,51 @@
   <si>
     <t>1278/BSD</t>
   </si>
   <si>
     <t>12/07/2024</t>
   </si>
   <si>
     <t>26/08/2024</t>
   </si>
   <si>
     <t>Conducting physical Household Survey at the IMIS reported village for HGJ certification and providing balance FHTC for Har Ghar Jal certification including conducting Gram Sabhas for different IMIS reported villages across the district under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE(HQs),Assistant Engineer ,Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.,Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>ORD/000428/2024-2025</t>
   </si>
   <si>
     <t>3107/BWD</t>
   </si>
   <si>
     <t>12/08/2024</t>
   </si>
   <si>
-    <t>01/07/2025</t>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>TUBGRAM GRAMMYAK UNNAYAN SAMITY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>