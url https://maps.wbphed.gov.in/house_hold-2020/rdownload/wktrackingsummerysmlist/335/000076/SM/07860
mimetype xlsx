--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -785,54 +785,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.08</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90.09</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -844,54 +844,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>1.89</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.63</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>86.37</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1116,54 +1116,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>322.1</v>
       </c>
       <c r="P9" s="8">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>1.37</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>