--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -998,54 +998,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>54.78</v>
       </c>
       <c r="Q3" s="4">
-        <v>108.93</v>
+        <v>52.52</v>
       </c>
       <c r="R3" s="4">
-        <v>198.85</v>
+        <v>95.87</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1057,54 +1057,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>52.73</v>
       </c>
       <c r="Q4" s="4">
-        <v>52.53</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1173,54 +1173,54 @@
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>70.5</v>
       </c>
       <c r="Q6" s="4">
-        <v>14.96</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>21.22</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1350,54 +1350,54 @@
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P9" s="4">
         <v>22.42</v>
       </c>
       <c r="Q9" s="4">
-        <v>22.4</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>1</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1824,54 +1824,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>106</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P17" s="4">
         <v>5.95</v>
       </c>
       <c r="Q17" s="4">
-        <v>5.3</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>89.16</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2003,88 +2003,88 @@
       <c r="I20" s="13" t="s">
         <v>124</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>125</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P20" s="4">
         <v>27.66</v>
       </c>
       <c r="Q20" s="4">
-        <v>55.3</v>
+        <v>27.65</v>
       </c>
       <c r="R20" s="4">
-        <v>199.92</v>
+        <v>99.96</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>131</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>348.58</v>
       </c>
       <c r="P21" s="8">
-        <v>259.43</v>
+        <v>80.17</v>
       </c>
       <c r="Q21" s="8">
-        <v>74.42</v>
+        <v>23</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>