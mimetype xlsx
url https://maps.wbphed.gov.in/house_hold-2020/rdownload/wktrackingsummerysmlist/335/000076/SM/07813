--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -971,54 +971,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>70.56</v>
       </c>
       <c r="Q3" s="4">
-        <v>63.87</v>
+        <v>9.56</v>
       </c>
       <c r="R3" s="4">
-        <v>90.52</v>
+        <v>13.54</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1148,54 +1148,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P6" s="4">
         <v>4.86</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.86</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1384,54 +1384,54 @@
         <v>65</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>4.7</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.7</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>57.51</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>1</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1502,54 +1502,54 @@
         <v>74</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>4.62</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.38</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1620,54 +1620,54 @@
         <v>83</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P14" s="4">
         <v>4.83</v>
       </c>
       <c r="Q14" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>1</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1793,54 +1793,54 @@
         <v>96</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13" t="s">
         <v>97</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P17" s="4">
         <v>0.83</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.81</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>97.06</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2059,54 +2059,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>252.02</v>
       </c>
       <c r="P22" s="8">
-        <v>81.61</v>
+        <v>9.56</v>
       </c>
       <c r="Q22" s="8">
-        <v>32.38</v>
+        <v>3.79</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>