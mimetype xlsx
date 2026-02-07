--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -938,54 +938,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>47</v>
       </c>
       <c r="Q3" s="4">
-        <v>16.87</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>35.89</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1111,54 +1111,54 @@
         <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>62.95</v>
       </c>
       <c r="Q6" s="4">
-        <v>37.03</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>58.82</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>1</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1406,54 +1406,54 @@
         <v>72</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P11" s="4">
         <v>3.76</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.76</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>1</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1465,54 +1465,54 @@
         <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P12" s="4">
         <v>4.82</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>1</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1796,54 +1796,54 @@
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>111</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>596.64</v>
       </c>
       <c r="P18" s="8">
-        <v>62.48</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>10.47</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>