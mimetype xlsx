--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -176,51 +176,51 @@
   <si>
     <t>Hydro-geological study of Sub Surface Water Flow/Storage Characteristics for Creation of Sustainable Source and Estimation of Sustainable Yield (5 Nos of Schemes) in Purba Bardhaman District, West Bengal towards implementation of water supply project.</t>
   </si>
   <si>
     <t>ORD/000872/2023-2024</t>
   </si>
   <si>
     <t>5324/BWD</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
     <t>30/03/2024</t>
   </si>
   <si>
     <t>THE REGISTRAR JADAVPUR UNIVERSITY</t>
   </si>
   <si>
     <t>Formal Work Order for Laying of Rising Main including Jack Pushing and construction of Pipe carring Bridge with Pipe supporting structure under PURANGRAM and 11 nos Mouzas Piped Water Supply Scheme under Durgapur W/S Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
-    <t>JUNIOR ENGINEER-2</t>
+    <t>JUNIOR ENGINEER-2,Junior Engineer_3</t>
   </si>
   <si>
     <t>ORD/000157/2024-2025</t>
   </si>
   <si>
     <t>1503/DWSD</t>
   </si>
   <si>
     <t>05/11/2024</t>
   </si>
   <si>
     <t>05/03/2025</t>
   </si>
   <si>
     <t>MANASH GHOSH</t>
   </si>
   <si>
     <t>Central Mechanical</t>
   </si>
   <si>
     <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Zone- Pursa, Uchchagram &amp;, Rampur at 11 nos. Mouja Water Supply Scheme [ BLOCK- Galsi-I ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
   </si>
   <si>
     <t>Driller In-Charge</t>
   </si>
@@ -327,50 +327,53 @@
     <t>905/CMD</t>
   </si>
   <si>
     <t>WEST BENGAL ENGINEERING CO.</t>
   </si>
   <si>
     <t>Continuation order for Hiring of LUXURY Diesel Ambassador Car (Inspection Vehicle) for using of the Assistant Engineer-I under office of the Executive Engineer, Durgapur Water Supply Division, Public Health Engineering Dte at Fagupur, Nababhat, Purba Bardhaman for the period of 01.06.2025 to 31.08.2025.</t>
   </si>
   <si>
     <t>Assistangt Engineer,Assistant Engineer-I,Assistant Engineer-II,Assistant Engineer-II (Newly Charge takenover)</t>
   </si>
   <si>
     <t>ORD/000041/2025-2026</t>
   </si>
   <si>
     <t>852/DWSD</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
   <si>
     <t>27/08/2025</t>
   </si>
   <si>
     <t>Providing Mechanical/Electrical equipment with all ancillaries and auxiliaries including intake (Low lift) pumping machineries, illumination arrangement of Shilla Sub-Surface Based Piped Water Supply Scheme under Purba Bardhaman District PHE Dte.</t>
+  </si>
+  <si>
+    <t>ASSISTANT ENGINEER,Driller In-Charge</t>
   </si>
   <si>
     <t>ORD/000004/2025-2026</t>
   </si>
   <si>
     <t>906/CMD</t>
   </si>
   <si>
     <t>JAL PRAVAHIKA PVT LTD</t>
   </si>
   <si>
     <t>Providing Mechanical/Electrical equipment with all ancillaries and auxiliaries including High Lift pumping machineries, 0-1 kg/hour gaseous chlorination system of Shilla Sub-Surface Based Piped Water Supply Scheme under Purba Bardhaman District PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000001/2025-2026</t>
   </si>
   <si>
     <t>903/CMD</t>
   </si>
   <si>
     <t>DEY ENTERPRISE</t>
   </si>
   <si>
     <t>Continuation order for Hiring of LUXURY Diesel Ambassador Car (Inspection Vehicle) for using of the Assistant Engineer-I under office of the Executive Engineer, Durgapur Water Supply Division, Public Health Engineering Dte at Fagupur, Nababhat, Purba Bardhaman for the period of 01.03.2025 to 31.05.2025.</t>
   </si>
@@ -977,54 +980,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>1827.37</v>
       </c>
       <c r="Q3" s="4">
-        <v>396.15</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>21.68</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>35</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1040,54 +1043,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>0.82</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.4</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>291.06</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1103,54 +1106,54 @@
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>72.51</v>
       </c>
       <c r="Q5" s="4">
-        <v>34.25</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>47.23</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1162,54 +1165,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>113.34</v>
       </c>
       <c r="Q6" s="4">
-        <v>15.87</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1225,54 +1228,54 @@
       <c r="I7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>1075.24</v>
       </c>
       <c r="Q7" s="4">
-        <v>58.36</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>5.43</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1351,54 +1354,54 @@
       <c r="I9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P9" s="4">
         <v>0.82</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>290.47</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1666,340 +1669,340 @@
       <c r="I14" s="13" t="s">
         <v>99</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P14" s="4">
         <v>0.41</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>96.75</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>35</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>104</v>
       </c>
       <c r="I15" s="13" t="s">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P15" s="4">
         <v>131.56</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P16" s="4">
         <v>211</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P17" s="4">
         <v>0.41</v>
       </c>
       <c r="Q17" s="4">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>290.92</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>35</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P18" s="4">
         <v>0.86</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>5044.3</v>
       </c>
       <c r="P19" s="8">
-        <v>511.01</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>10.13</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>