--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -231,50 +231,53 @@
     <t>Driller In-Charge</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER</t>
   </si>
   <si>
     <t>ORD/000562/2024-2025</t>
   </si>
   <si>
     <t>3099/CMD</t>
   </si>
   <si>
     <t>11/12/2024</t>
   </si>
   <si>
     <t>19/12/2025</t>
   </si>
   <si>
     <t>CHOUDHURY ENTERPRISE</t>
   </si>
   <si>
     <t>Formal Work Order for Additional work of Soil investigation &amp; construction of CWR/Pump House etc, Land development of H/W Site,drain &amp; internal Path Way, Concrete Road Restoration,FHTC with Platform with necessary allied Works of Sub Surface Based PURANGAN Pipe W/S Scheme (JJM) under Galsi - I Block, Dist - Purba- Bardhaman ,under Durgapur Water Supply Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-I,Assistant Engineer-II</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER-2,Junior Engineer_3</t>
   </si>
   <si>
     <t>ORD/000163/2024-2025</t>
   </si>
   <si>
     <t>1521/DWSD</t>
   </si>
   <si>
     <t>11/11/2024</t>
   </si>
   <si>
     <t>06/11/2025</t>
   </si>
   <si>
     <t>Acceptance cum Formal Work Order for the work of Sinking of 3 Nos 300 x 200 mm dia T/W 150 mtr and 5 nos 200 x 200 mm dia River Bank T/W 51 mtr with Construction of 3 nos P/H cum switch room under chlorine room under PURANGAN PWSS (JJM), Block:- Galsi-I , Dist- Purba Bardhaman.</t>
   </si>
   <si>
     <t>ORD/000309/2023-2024</t>
   </si>
   <si>
     <t>372/DWSD</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
@@ -1074,54 +1077,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>113.34</v>
       </c>
       <c r="Q6" s="4">
-        <v>21.53</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1251,54 +1254,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P9" s="4">
         <v>1312.95</v>
       </c>
       <c r="Q9" s="4">
-        <v>401.09</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>30.55</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>65</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1356,298 +1359,298 @@
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="K11" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P11" s="4">
         <v>789.87</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>75</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P12" s="4">
         <v>90.55</v>
       </c>
       <c r="Q12" s="4">
-        <v>65.91</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>72.79</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>53</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I13" s="13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P13" s="4">
         <v>135.24</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P14" s="4">
         <v>317.99</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>2960.54</v>
       </c>
       <c r="P15" s="8">
-        <v>488.53</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>16.5</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>