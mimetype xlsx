--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1324,54 +1324,54 @@
       </c>
       <c r="H11" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P11" s="4">
         <v>722.29</v>
       </c>
       <c r="Q11" s="4">
-        <v>397.52</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>55.04</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1484,54 +1484,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>1095.34</v>
       </c>
       <c r="P14" s="8">
-        <v>397.52</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>36.29</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>