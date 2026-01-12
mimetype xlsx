--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -222,50 +222,68 @@
     <t>Durgapur W/S Division</t>
   </si>
   <si>
     <t>FORMAL WORK ORDER FOR Balance work for construction of boundary wall, dismantling concrete road including mending work, construction of approach road by fillup stone dust, bolders on low load at OHR site and etc allied works under Bakshibad PWSS, Ausgram-II Block under DURGAPUR W/S DIVISION,PHE DTE.</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER-1</t>
   </si>
   <si>
     <t>ORD/000264/2024-2025</t>
   </si>
   <si>
     <t>256/DWSD</t>
   </si>
   <si>
     <t>11/02/2025</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>M/S. UNIT CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at Baksibad Pogram Water Supply Scheme [ Block- Ausgram-2 ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000742/2023-2024</t>
+  </si>
+  <si>
+    <t>4052/CMD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>04/03/2025</t>
+  </si>
+  <si>
+    <t>JAGANNATH ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -654,51 +672,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W11"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1250,87 +1268,150 @@
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>122.59</v>
       </c>
       <c r="Q10" s="4">
         <v>29.85</v>
       </c>
       <c r="R10" s="4">
         <v>24.35</v>
       </c>
       <c r="S10" s="4">
         <v>95</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="7" t="s">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
-      <c r="B11" s="7"/>
-[...22 lines deleted...]
-      <c r="S11" s="8"/>
+      <c r="I11" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" s="4">
+        <v>29.61</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>12.33</v>
+      </c>
+      <c r="R11" s="4">
+        <v>41.65</v>
+      </c>
+      <c r="S11" s="4">
+        <v>80</v>
+      </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>1126.16</v>
+      </c>
+      <c r="P12" s="8">
+        <v>204.24</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>18.14</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A11:N11"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>