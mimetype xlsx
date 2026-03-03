--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1128,54 +1128,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P8" s="4">
         <v>691.24</v>
       </c>
       <c r="Q8" s="4">
-        <v>162.06</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>23.45</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>40</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1254,54 +1254,54 @@
       <c r="I10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>122.59</v>
       </c>
       <c r="Q10" s="4">
-        <v>29.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>24.35</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>95</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1317,88 +1317,88 @@
       <c r="I11" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>29.61</v>
       </c>
       <c r="Q11" s="4">
-        <v>12.33</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>41.65</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1126.16</v>
       </c>
       <c r="P12" s="8">
-        <v>204.24</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>18.14</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>