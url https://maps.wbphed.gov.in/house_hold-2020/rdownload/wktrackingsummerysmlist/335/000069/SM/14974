--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -221,90 +221,105 @@
   <si>
     <t>QUOTATION FOR NEW SERVICE CONNECTION FOR SUATA (ADDL TW)PWSS, TW 2</t>
   </si>
   <si>
     <t>BILL/00328/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-162</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>Quotation for new service connection at Suata W/S Scheme for PH No-1.</t>
   </si>
   <si>
     <t>BILL/01821/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-331</t>
   </si>
   <si>
     <t>03/01/2024</t>
   </si>
   <si>
+    <t>Installation of two tank chlorination system, Yard lighting arrangement &amp; allied works at Chora, Kalaijhuti &amp; others water supply scheme under Ausgram-2 Block under Central Mechanical Division, P.H.E. Dte., Dist.- Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>Driller In-Charge</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER</t>
+  </si>
+  <si>
+    <t>ORD/000143/2024-2025</t>
+  </si>
+  <si>
+    <t>2405/CMD</t>
+  </si>
+  <si>
+    <t>02/08/2024</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>NABAUDYOG ELECTRICAL ENGINEERING CO-OPERATIVE SOCIETY LTD</t>
+  </si>
+  <si>
+    <t>SUATA Piped Water Supply Scheme with sinking of Tube-well, LDS,Rising Main, FHTC, Construction of 400 cum capacity RCC OHR with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drain and internal pathway at different TW site under Aushgram-II Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
+  </si>
+  <si>
+    <t>ORD/000494/2023-2024</t>
+  </si>
+  <si>
+    <t>3524/BWD</t>
+  </si>
+  <si>
+    <t>10/08/2023</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
     <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at Suata Water Supply Scheme [ Block- Ausgram-2 ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
   </si>
   <si>
-    <t>Driller In-Charge</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000748/2023-2024</t>
   </si>
   <si>
     <t>4058/CMD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>
   <si>
     <t>28/09/2023</t>
   </si>
   <si>
     <t>DEY ENTERPRISE</t>
-  </si>
-[...16 lines deleted...]
-    <t>NABAUDYOG ELECTRICAL ENGINEERING CO-OPERATIVE SOCIETY LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -693,51 +708,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1394,167 +1409,226 @@
       <c r="H12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
-        <v>27.79</v>
+        <v>95.26</v>
       </c>
       <c r="Q12" s="4">
-        <v>22.05</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>79.37</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>77</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I13" s="13"/>
+      <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="P13" s="4">
-        <v>95.26</v>
+        <v>615.97</v>
       </c>
       <c r="Q13" s="4">
-        <v>0</v>
+        <v>399.21</v>
       </c>
       <c r="R13" s="4">
-        <v>0</v>
+        <v>64.81</v>
       </c>
       <c r="S13" s="4">
-        <v>80</v>
+        <v>45</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
-      <c r="A14" s="7" t="s">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="B14" s="7"/>
-[...22 lines deleted...]
-      <c r="S14" s="8"/>
+      <c r="L14" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" s="4">
+        <v>27.79</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>22.05</v>
+      </c>
+      <c r="R14" s="4">
+        <v>79.37</v>
+      </c>
+      <c r="S14" s="4">
+        <v>96</v>
+      </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>1010.52</v>
+      </c>
+      <c r="P15" s="8">
+        <v>475.73</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>47.08</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>