--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1172,54 +1172,54 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P8" s="4">
         <v>94.93</v>
       </c>
       <c r="Q8" s="4">
-        <v>54.47</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>57.38</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>70</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1471,54 +1471,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P13" s="4">
         <v>615.97</v>
       </c>
       <c r="Q13" s="4">
-        <v>399.21</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>64.81</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>45</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1534,88 +1534,88 @@
       <c r="I14" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>27.79</v>
       </c>
       <c r="Q14" s="4">
-        <v>22.05</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>79.37</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>96</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1010.52</v>
       </c>
       <c r="P15" s="8">
-        <v>475.73</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>47.08</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>