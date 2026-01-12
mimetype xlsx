--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -345,50 +345,68 @@
     <t>GHOSH &amp; ROY ENTERPRISE</t>
   </si>
   <si>
     <t>FORMAL WORK ORDER FOR Balance and additional works for sinking of 300X200 mm dia X 210 mtr deapth RRM Tube well and laying pipe line (LDS),FHTC, Construction of Switch Room,Pump House,Inter Connection along with road restoration and construction of Boundary wall for head worksites and other allieds work related to JJM (7 Nos PWSS) i.e. Aushgram PWSS, Jalkandar and Bhuyera PWSS, Karatia PWSS, Khandari PWSS, Pichkuri PWSS, Shibda PWSS under Aushgram-I and II,Galsi-I and II Block under DURGAPUR W/S DIVISION,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-I,Assistant Engineer-II</t>
   </si>
   <si>
     <t>Contractual Junior Engineer_1,Contractual Junior Engineer_2,Contractual Junior Engineer_3,Contractual Junior Engineer_4,Contractual Junior Engineer_5,JUNIOR ENGINEER-1,JUNIOR ENGINEER-2,Junior Engineer_3</t>
   </si>
   <si>
     <t>ORD/000286/2024-2025</t>
   </si>
   <si>
     <t>493/DWSD</t>
   </si>
   <si>
     <t>19/03/2025</t>
   </si>
   <si>
     <t>20/09/2025</t>
   </si>
   <si>
     <t>MANASH GHOSH</t>
+  </si>
+  <si>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at JALKANDAR Water Supply Scheme [ Block- AUSGRAM-2] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000916/2023-2024</t>
+  </si>
+  <si>
+    <t>4180/CMD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>SOUNAK ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -777,51 +795,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W18"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1816,87 +1834,150 @@
       </c>
       <c r="N17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P17" s="4">
         <v>745.87</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>1</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
-      <c r="A18" s="7" t="s">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="B18" s="7"/>
-[...22 lines deleted...]
-      <c r="S18" s="8"/>
+      <c r="I18" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="O18" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" s="4">
+        <v>28.48</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>21.92</v>
+      </c>
+      <c r="R18" s="4">
+        <v>76.96</v>
+      </c>
+      <c r="S18" s="4">
+        <v>96</v>
+      </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="14"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8">
+        <v>2082.93</v>
+      </c>
+      <c r="P19" s="8">
+        <v>334.93</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>16.08</v>
+      </c>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A18:N18"/>
+    <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>