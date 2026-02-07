--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1631,54 +1631,54 @@
       <c r="I14" s="13" t="s">
         <v>85</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P14" s="4">
         <v>950.78</v>
       </c>
       <c r="Q14" s="4">
-        <v>313.02</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>32.92</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>60</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1883,88 +1883,88 @@
       <c r="I18" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P18" s="4">
         <v>28.48</v>
       </c>
       <c r="Q18" s="4">
-        <v>21.92</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>76.96</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>96</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>2082.93</v>
       </c>
       <c r="P19" s="8">
-        <v>334.93</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>16.08</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>