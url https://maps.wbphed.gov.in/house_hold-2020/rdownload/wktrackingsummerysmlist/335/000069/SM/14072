--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1122,54 +1122,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>6.61</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.61</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1421,54 +1421,54 @@
       <c r="I12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
         <v>661.41</v>
       </c>
       <c r="Q12" s="4">
-        <v>249.5</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>37.72</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>80</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1581,54 +1581,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1015.9</v>
       </c>
       <c r="P15" s="8">
-        <v>256.1</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>25.21</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>