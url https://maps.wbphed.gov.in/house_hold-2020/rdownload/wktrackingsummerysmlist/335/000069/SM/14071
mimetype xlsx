--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -143,51 +143,51 @@
   <si>
     <t>4904/BWD</t>
   </si>
   <si>
     <t>10/11/2023</t>
   </si>
   <si>
     <t>Sinking of Tube-wells, LDS, Rising Main, FHTC, Construction of 250 cum capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation, construction of switch rooms, boundary walls with gates, land development, internal drains and internal pathways for NRISINHAPUR Piped Water Supply Scheme under Ausgram-II Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>Assistant Engineer, Durgapur Sub Division, P.H.E. Dte</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000353/2023-2024</t>
   </si>
   <si>
     <t>3066/BWD</t>
   </si>
   <si>
     <t>17/07/2023</t>
   </si>
   <si>
-    <t>16/07/2024</t>
+    <t>01/04/2025</t>
   </si>
   <si>
     <t>M/S H.R. CONSTRUCTION</t>
   </si>
   <si>
     <t>Central Mechanical</t>
   </si>
   <si>
     <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1 &amp; 2 at NRISINHAPUR Water Supply Scheme [ Block- AUSGRAM-2] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
   </si>
   <si>
     <t>Driller In-Charge</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER</t>
   </si>
   <si>
     <t>ORD/000820/2023-2024</t>
   </si>
   <si>
     <t>4097/CMD</t>
   </si>
   <si>
     <t>29/08/2023</t>
   </si>