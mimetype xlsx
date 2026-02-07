--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1029,54 +1029,54 @@
       <c r="I6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="4">
         <v>401.37</v>
       </c>
       <c r="Q6" s="4">
-        <v>329.44</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>82.08</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1092,54 +1092,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>28.96</v>
       </c>
       <c r="Q7" s="4">
-        <v>11.36</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>39.23</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>48</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1429,54 +1429,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>646.43</v>
       </c>
       <c r="P13" s="8">
-        <v>340.8</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>52.72</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>