--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1215,54 +1215,54 @@
       <c r="I9" s="13" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P9" s="4">
         <v>27.79</v>
       </c>
       <c r="Q9" s="4">
-        <v>22.62</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>81.41</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>98</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>58</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1337,54 +1337,54 @@
       <c r="I11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
         <v>1331.54</v>
       </c>
       <c r="Q11" s="4">
-        <v>642.9</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>48.28</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1497,54 +1497,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>2334.56</v>
       </c>
       <c r="P14" s="8">
-        <v>665.53</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>28.51</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>