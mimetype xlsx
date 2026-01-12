--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -141,50 +141,65 @@
     <t>ORD/000031/2023-2024</t>
   </si>
   <si>
     <t>155/DSD</t>
   </si>
   <si>
     <t>RAM MOHAN MUKHERJEE</t>
   </si>
   <si>
     <t>Providing Functional Household Tap Connection (FHTC) from existing distribution system within the command area of Amrargarh Piped Water Supply Scheme at Amrargarh (10 Nos Habitation), Dombandi (2 Nos Habitation), Jamtara (2 Nos Habitation) &amp; Panch Mahali Village (Mouza), Ausgram-II Block under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000103/2021-2022</t>
   </si>
   <si>
     <t>3875/BWD</t>
   </si>
   <si>
     <t>27/07/2021</t>
   </si>
   <si>
     <t>25/09/2021</t>
   </si>
   <si>
     <t>B.B.C. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Restoration of village Road dismantled by laying pipeline for providing FHTC at Amarargarh Ankurepara, Bonpara &amp; Sahapara of AMARARGARH Piped Water Supply Scheme [Rectrofitting] under Ausgram-II Block within Durgapur (Burdwan North) Sub Division under Burdwan Division, P.H.E. Dte. [SL-06]</t>
+  </si>
+  <si>
+    <t>ORD/000030/2023-2024</t>
+  </si>
+  <si>
+    <t>154/DSD</t>
+  </si>
+  <si>
+    <t>09/01/2025</t>
+  </si>
+  <si>
+    <t>SAIKAT RAY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -573,51 +588,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -862,95 +877,156 @@
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>91.55</v>
       </c>
       <c r="Q5" s="4">
         <v>73.62</v>
       </c>
       <c r="R5" s="4">
         <v>80.42</v>
       </c>
       <c r="S5" s="4">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="B6" s="7"/>
-[...22 lines deleted...]
-      <c r="S6" s="8"/>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P6" s="4">
+        <v>0.97</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>100</v>
+      </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="11"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="14"/>
+      <c r="I7" s="14"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="8"/>
+      <c r="L7" s="8"/>
+      <c r="M7" s="8"/>
+      <c r="N7" s="8"/>
+      <c r="O7" s="8">
+        <v>94.45</v>
+      </c>
+      <c r="P7" s="8">
+        <v>75.52</v>
+      </c>
+      <c r="Q7" s="8">
+        <v>79.96</v>
+      </c>
+      <c r="R7" s="8"/>
+      <c r="S7" s="8"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A6:N6"/>
+    <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>