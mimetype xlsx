--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -751,54 +751,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.96</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.19</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -812,54 +812,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>0.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.74</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -871,54 +871,54 @@
         <v>37</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>91.55</v>
       </c>
       <c r="Q5" s="4">
-        <v>73.62</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>80.42</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -966,54 +966,54 @@
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>94.45</v>
       </c>
       <c r="P7" s="8">
-        <v>75.52</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>79.96</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>