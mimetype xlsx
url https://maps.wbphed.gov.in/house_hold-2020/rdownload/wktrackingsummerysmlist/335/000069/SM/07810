--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -164,51 +164,51 @@
   <si>
     <t>03/12/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
     <t>Acceptance cum Formal Work Order For the work of " Sinking of 250 x 150mm x 150mtr deapth by DR Rig, Construction of 01 (One) no temporary Kiosk for the necessary arrangement of electrification of Tube Well including laying UPVC distribution system (LDS) and other allied works at URA PWSS, Block-Galsi-II, Dist- Purba Bardhaman under Durgapur W/S Division,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
     <t>Contractual Junior Engineer_3</t>
   </si>
   <si>
     <t>ORD/000040/2024-2025</t>
   </si>
   <si>
     <t>753/DWSD</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
-    <t>01/04/2025</t>
+    <t>13/06/2025</t>
   </si>
   <si>
     <t>SURAJIT MANDAL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>