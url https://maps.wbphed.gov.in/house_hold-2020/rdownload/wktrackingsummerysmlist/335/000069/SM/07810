--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -152,51 +152,51 @@
   <si>
     <t>Durgapur W/S Division</t>
   </si>
   <si>
     <t>Quotation for new service connection at URA PWSS TW-I under CMD/PHED</t>
   </si>
   <si>
     <t>BILL/00215/2024-2025</t>
   </si>
   <si>
     <t>BP-2024-25-104</t>
   </si>
   <si>
     <t>03/12/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LIMITED</t>
   </si>
   <si>
     <t>Acceptance cum Formal Work Order For the work of " Sinking of 250 x 150mm x 150mtr deapth by DR Rig, Construction of 01 (One) no temporary Kiosk for the necessary arrangement of electrification of Tube Well including laying UPVC distribution system (LDS) and other allied works at URA PWSS, Block-Galsi-II, Dist- Purba Bardhaman under Durgapur W/S Division,PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer-II</t>
   </si>
   <si>
-    <t>Contractual Junior Engineer_3</t>
+    <t>Contractual Junior Engineer_3,JUNIOR ENGINEER-2</t>
   </si>
   <si>
     <t>ORD/000040/2024-2025</t>
   </si>
   <si>
     <t>753/DWSD</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>13/06/2025</t>
   </si>
   <si>
     <t>SURAJIT MANDAL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -761,54 +761,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>66.7</v>
       </c>
       <c r="Q3" s="4">
-        <v>51.62</v>
+        <v>7.15</v>
       </c>
       <c r="R3" s="4">
-        <v>77.4</v>
+        <v>10.72</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -822,54 +822,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>3.66</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.62</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>98.78</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -940,88 +940,88 @@
       <c r="I6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>20.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.31</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>15.8</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>97.94</v>
       </c>
       <c r="P7" s="8">
-        <v>58.55</v>
+        <v>7.15</v>
       </c>
       <c r="Q7" s="8">
-        <v>59.78</v>
+        <v>7.3</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>