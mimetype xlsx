--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -89,111 +89,96 @@
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>BIRBHUM</t>
   </si>
   <si>
     <t>Birbhum Division</t>
   </si>
   <si>
     <t>Operational charges of PHED &amp; NGO Managed Laboratories related to Water Quality Monitoring &amp; surveillance under JJM under Birbhum Division PHE Dte.</t>
   </si>
   <si>
     <t>SM/19263</t>
   </si>
   <si>
     <t>Support-WQMSP</t>
   </si>
   <si>
-    <t>Continuation Work Order for Operation and Mtc. of Water Testing Laboratory activities of the Birbhum District Laboratory at Suri under Birbhum Division, P.H.E. Dte. for the period of 02(Two) Months with effect from 01.02.2025 to 31.03.2025.</t>
+    <t>Deployment/ Engagement for 5 Nos. Sub- District Laboratory Personnel (10 nos. Chemist/Bacteriologist &amp; 5 nos. Laboratory Assistant) &amp; 4 no. Sampling Assistant for a period of 01(One) years for 5 nos. PHED Laboratories named Mayureswar Sub-District Laboratory, Patel Nagar Sub-District Laboratory, Ahmedpur Sub-District Laboratory, Murarai Sub-District Laboratory &amp; Nalhati Sub-district under Birbhum Division, P.H.E Dte.(With effect from 01.02.2025 to 31.01.2026)</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Estimator,JE</t>
   </si>
   <si>
-    <t>ORD/000620/2024-2025</t>
-[...8 lines deleted...]
-    <t>31/03/2025</t>
+    <t>ORD/000583/2024-2025</t>
+  </si>
+  <si>
+    <t>295/BHM</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>CFS MANAGEMENT PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Operation and Mtc. of Water Testing Laboratory activities of the Birbhum District Laboratory at Suri under Birbhum Division, P.H.E. Dte. for the period of 01(One) years.(With Effects From 01.04.2025 to 31.03.2026)</t>
+  </si>
+  <si>
+    <t>AE,AE(HQ)</t>
+  </si>
+  <si>
+    <t>Estimator,JE1</t>
+  </si>
+  <si>
+    <t>ORD/000654/2024-2025</t>
+  </si>
+  <si>
+    <t>759/BHM</t>
+  </si>
+  <si>
+    <t>20/03/2025</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
   </si>
   <si>
     <t>SAKTI ENTERPRISE</t>
-  </si>
-[...37 lines deleted...]
-    <t>20/03/2026</t>
   </si>
   <si>
     <t>Continuation work order for Engagement of Lab personals for the Rampurhat Paribesh Pariseva( Period from 01.10.2025 to 31.03.2026)</t>
   </si>
   <si>
     <t>ORD/000285/2025-2026</t>
   </si>
   <si>
     <t>170/RWS</t>
   </si>
   <si>
     <t>23/09/2025</t>
   </si>
   <si>
     <t>23/03/2026</t>
   </si>
   <si>
     <t>RAMPURHAT PARIBESH PARISEVA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -600,51 +585,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W7"/>
+  <dimension ref="A1:W6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -760,287 +745,226 @@
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
-        <v>2.08</v>
+        <v>40.19</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="I4" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="P4" s="4">
-        <v>40.19</v>
+        <v>14.66</v>
       </c>
       <c r="Q4" s="4">
         <v>0</v>
       </c>
       <c r="R4" s="4">
         <v>0</v>
       </c>
       <c r="S4" s="4">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I5" s="13" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="P5" s="4">
-        <v>14.66</v>
+        <v>2.7</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="3">
-[...27 lines deleted...]
-      <c r="K6" s="4" t="s">
+      <c r="A6" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="L6" s="4" t="s">
-[...14 lines deleted...]
-      <c r="Q6" s="4">
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="14"/>
+      <c r="I6" s="14"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="8"/>
+      <c r="L6" s="8"/>
+      <c r="M6" s="8"/>
+      <c r="N6" s="8"/>
+      <c r="O6" s="8">
+        <v>57.55</v>
+      </c>
+      <c r="P6" s="8">
         <v>0</v>
       </c>
-      <c r="R6" s="4">
+      <c r="Q6" s="8">
         <v>0</v>
       </c>
-      <c r="S6" s="4">
-[...1 lines deleted...]
-      </c>
+      <c r="R6" s="8"/>
+      <c r="S6" s="8"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
-    <row r="7" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A7:N7"/>
+    <mergeCell ref="A6:N6"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>