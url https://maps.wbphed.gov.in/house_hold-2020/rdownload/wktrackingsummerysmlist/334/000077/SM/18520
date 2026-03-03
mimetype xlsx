--- v0 (2025-12-17)
+++ v1 (2026-03-03)
@@ -1177,54 +1177,54 @@
       <c r="I7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>2.91</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.9</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1240,54 +1240,54 @@
       <c r="I8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>3.63</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.01</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>82.84</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1303,54 +1303,54 @@
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>6.82</v>
       </c>
       <c r="Q9" s="4">
-        <v>6.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1366,54 +1366,54 @@
       <c r="I10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P10" s="4">
         <v>16.91</v>
       </c>
       <c r="Q10" s="4">
-        <v>15.63</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>92.45</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1606,54 +1606,54 @@
       <c r="I14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P14" s="4">
         <v>44.39</v>
       </c>
       <c r="Q14" s="4">
-        <v>19.51</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>43.96</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>50</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1766,54 +1766,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>1180.4</v>
       </c>
       <c r="P17" s="8">
-        <v>47.87</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>4.06</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>