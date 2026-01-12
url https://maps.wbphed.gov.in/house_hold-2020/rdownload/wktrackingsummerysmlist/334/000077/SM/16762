--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -191,51 +191,51 @@
   <si>
     <t>12/09/2023</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>SUNIL RABIDAS</t>
   </si>
   <si>
     <t>Sinking of 250 X 150 mm Dia (through) and 180 m deep tubewell , 5.90 m X 4.10 m Pump room/ Chlorine room with sanitary arrangements, 250 CuM OHR, Boundary wall, Soil Investigation, Land development, Rising main, Laying distribution, road restoration and Providing functional household tap connection related to water supply scheme at Budhigram &amp; its adjoining mouzas water supply scheme within RAMPURHAT-II Block including supply of all labour &amp; materials under BIRBHUM Division, PHE Dte.</t>
   </si>
   <si>
     <t>JE2,JE3</t>
   </si>
   <si>
     <t>ORD/000413/2024-2025</t>
   </si>
   <si>
     <t>3315/BHM</t>
   </si>
   <si>
     <t>04/12/2024</t>
   </si>
   <si>
-    <t>04/12/2025</t>
+    <t>04/12/2026</t>
   </si>
   <si>
     <t>GHOSH &amp; BROTHERS DEVCON PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>