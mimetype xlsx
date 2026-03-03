--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -792,54 +792,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>4.73</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.51</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>95.47</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -914,54 +914,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>7.61</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.71</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>74.97</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>60</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -977,54 +977,54 @@
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>44.41</v>
       </c>
       <c r="Q6" s="4">
-        <v>12.95</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>29.16</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1074,54 +1074,54 @@
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>61</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>420.84</v>
       </c>
       <c r="P8" s="8">
-        <v>23.17</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>5.51</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>