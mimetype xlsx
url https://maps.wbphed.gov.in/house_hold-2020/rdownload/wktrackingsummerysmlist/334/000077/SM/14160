--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -80,228 +80,228 @@
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
     <t>BIRBHUM</t>
   </si>
   <si>
     <t>Mayureswar-II</t>
   </si>
   <si>
+    <t>Bolpur Mechanical</t>
+  </si>
+  <si>
+    <t>Sultanpur Piped Water Supply Scheme Under Mayureswar -II Block Within Birbhum Division</t>
+  </si>
+  <si>
+    <t>SM/14160</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Providing Electro-mechanical accessories and others for Sultanpur PWSS at Mayureswar - II Block under Bolpur Mechanical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer-III</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000836/2023-2024</t>
+  </si>
+  <si>
+    <t>3275/BOL.MD</t>
+  </si>
+  <si>
+    <t>29/09/2023</t>
+  </si>
+  <si>
+    <t>28/11/2023</t>
+  </si>
+  <si>
+    <t>M. S. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Providing and Installation of Submersible pumping Machineries at newly sunk Tube Well and allieds works at Sultanpur PWSS, Block-Mayureswar-II under Bolpur Mechanical Division, P.H.E.Dte..</t>
+  </si>
+  <si>
+    <t>ORD/001220/2023-2024</t>
+  </si>
+  <si>
+    <t>405/Bol.MD</t>
+  </si>
+  <si>
+    <t>07/03/2024</t>
+  </si>
+  <si>
+    <t>21/04/2024</t>
+  </si>
+  <si>
+    <t>SATYAJIT GHOSH</t>
+  </si>
+  <si>
     <t>Birbhum Division</t>
   </si>
   <si>
-    <t>Sultanpur Piped Water Supply Scheme Under Mayureswar -II Block Within Birbhum Division</t>
-[...5 lines deleted...]
-    <t>New</t>
+    <t>Continuation Work Order for Preparation &amp; Submission of DPR for (SULTANPUR) Water Supply Scheme (Part-A) under Mayureswar-II Development Block.</t>
+  </si>
+  <si>
+    <t>AE</t>
+  </si>
+  <si>
+    <t>JE3</t>
+  </si>
+  <si>
+    <t>ORD/000844/2022-2023</t>
+  </si>
+  <si>
+    <t>334/RSD</t>
+  </si>
+  <si>
+    <t>08/09/2022</t>
+  </si>
+  <si>
+    <t>23/10/2022</t>
+  </si>
+  <si>
+    <t>ENVIROTECH SOLUTIONS</t>
+  </si>
+  <si>
+    <t>Continuation Work Order for Preparation &amp; Submission of DPR for (SULTANPUR) Water Supply Scheme (Part-B) under Mayureswar-II Development Block</t>
+  </si>
+  <si>
+    <t>ORD/000845/2022-2023</t>
+  </si>
+  <si>
+    <t>438/RSD</t>
+  </si>
+  <si>
+    <t>29/11/2022</t>
+  </si>
+  <si>
+    <t>13/01/2023</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000212/2023-2024</t>
+  </si>
+  <si>
+    <t>200/BHM</t>
+  </si>
+  <si>
+    <t>22/01/2024</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION AT SULTANPUR PWSS PH-I UNDER BOLPUR MECHANICAL DIVISION PHE Dte...</t>
+  </si>
+  <si>
+    <t>BILL/00022/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-24-25-09</t>
+  </si>
+  <si>
+    <t>25/04/2024</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>Quotation for new service connection at Sultanpur PWSS P/H- IV (Block- Mayureswar -II)</t>
+  </si>
+  <si>
+    <t>BILL/00156/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-2025-80</t>
+  </si>
+  <si>
+    <t>13/06/2024</t>
+  </si>
+  <si>
+    <t>New service connection at Sultanpur PWSS ( P/H- 3)</t>
+  </si>
+  <si>
+    <t>BILL/00112/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-2025-51</t>
+  </si>
+  <si>
+    <t>29/05/2024</t>
+  </si>
+  <si>
+    <t>Quotation for New Service connection at Sultanpur PWSS P/H-3 (Bolck- Mayureswar-II)</t>
+  </si>
+  <si>
+    <t>BILL/00155/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-2025-81</t>
   </si>
   <si>
     <t>Different works related to Water Supply Scheme at SULTANPUR &amp; its adjoining mouzas Water Supply Scheme within MAYURESWAR-II Block including supply of all labour &amp; materials under BIRBHUM Division, PHE Dte.</t>
   </si>
   <si>
-    <t>AE</t>
-[...1 lines deleted...]
-  <si>
     <t>JE2</t>
   </si>
   <si>
     <t>ORD/000161/2023-2024</t>
   </si>
   <si>
     <t>2065/BHM</t>
   </si>
   <si>
     <t>08/06/2023</t>
   </si>
   <si>
     <t>31/03/2026</t>
   </si>
   <si>
     <t>M/S.SUMAN CONSTRUCTION</t>
-  </si>
-[...142 lines deleted...]
-    <t>BP-2024-2025-81</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -852,607 +852,607 @@
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
-        <v>575.26</v>
+        <v>67.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>95.97</v>
+        <v>42.01</v>
       </c>
       <c r="R3" s="4">
-        <v>16.68</v>
+        <v>62</v>
       </c>
       <c r="S3" s="4">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H4" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="13" t="s">
+      <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="J4" s="13" t="s">
+      <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="K4" s="4" t="s">
+      <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="L4" s="4" t="s">
+      <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="M4" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P4" s="4">
-        <v>67.76</v>
+        <v>25.78</v>
       </c>
       <c r="Q4" s="4">
-        <v>42.01</v>
+        <v>19.85</v>
       </c>
       <c r="R4" s="4">
-        <v>62</v>
+        <v>77.02</v>
       </c>
       <c r="S4" s="4">
         <v>40</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H5" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" s="13" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
-        <v>25.78</v>
+        <v>3.54</v>
       </c>
       <c r="Q5" s="4">
-        <v>19.85</v>
+        <v>2.61</v>
       </c>
       <c r="R5" s="4">
-        <v>77.02</v>
+        <v>73.66</v>
       </c>
       <c r="S5" s="4">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>49</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="J6" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="N6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O6" s="4" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="P6" s="4">
-        <v>3.54</v>
+        <v>3.5</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.61</v>
+        <v>3.5</v>
       </c>
       <c r="R6" s="4">
-        <v>73.66</v>
+        <v>99.96</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="I7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="L7" s="4" t="s">
+      <c r="N7" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="M7" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P7" s="4">
-        <v>3.5</v>
+        <v>11.4</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.5</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="N8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="M8" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>11.4</v>
+        <v>11.36</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="L9" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N9" s="4" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="P9" s="4">
-        <v>11.36</v>
+        <v>3.56</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="P10" s="4">
-        <v>3.56</v>
+        <v>5.94</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="P11" s="4">
-        <v>5.94</v>
+        <v>3.25</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="I12" s="13"/>
-[...1 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="M12" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>3.25</v>
+        <v>575.26</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>95.97</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>16.68</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>711.35</v>