--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -855,54 +855,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>67.76</v>
       </c>
       <c r="Q3" s="4">
-        <v>42.01</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>62</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>40</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -918,54 +918,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>25.78</v>
       </c>
       <c r="Q4" s="4">
-        <v>19.85</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>77.02</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>40</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -981,54 +981,54 @@
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>3.54</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.61</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>73.66</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1044,54 +1044,54 @@
       <c r="I6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>3.5</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.5</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1402,88 +1402,88 @@
       <c r="I12" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>575.26</v>
       </c>
       <c r="Q12" s="4">
-        <v>95.97</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>16.68</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>45</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>711.35</v>
       </c>
       <c r="P13" s="8">
-        <v>163.94</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>23.05</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>