--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -912,54 +912,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>2.86</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>91.07</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1093,54 +1093,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>278.84</v>
       </c>
       <c r="Q6" s="4">
-        <v>165.73</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>59.44</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>60</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1282,54 +1282,54 @@
       <c r="I9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P9" s="4">
         <v>1.9</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.9</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1345,54 +1345,54 @@
       <c r="I10" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P10" s="4">
         <v>1.49</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.49</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1408,54 +1408,54 @@
       <c r="I11" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P11" s="4">
         <v>2.87</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.87</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1471,54 +1471,54 @@
       <c r="I12" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P12" s="4">
         <v>0.92</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1652,88 +1652,88 @@
       <c r="I15" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="4">
         <v>43.79</v>
       </c>
       <c r="Q15" s="4">
-        <v>17.2</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>39.28</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>97</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>346.69</v>
       </c>
       <c r="P16" s="8">
-        <v>192.72</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>55.59</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>