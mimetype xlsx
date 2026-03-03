--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -140,51 +140,51 @@
   <si>
     <t>Birbhum Division</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000075/2022-2023</t>
   </si>
   <si>
     <t>1392/BHM</t>
   </si>
   <si>
     <t>24/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Construction of 5.90 m X 4.10 m Pump room/ Chlorine room with sanitary arrangements, 4.10 m X 3.50 m Pump house without sanitary arrangements, 8.00 m X 8.00 m Pump room/ Chlorine room with sanitary arrangements, 100 CuM capacity O.H.R. 100 CuM CWR, Boundary wall, Soil Investigation, Land development, Rising main, Laying distribution, Approach road and Providing functional household tap connection related to water supply scheme at GOKRUI &amp; its adjoining mouzas water supply scheme within Dubrajpur Block including supply of all labour &amp; materials under BIRBHUM Division, PHE Dte</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
-    <t>JE3</t>
+    <t>JE1,JE3</t>
   </si>
   <si>
     <t>ORD/000115/2024-2025</t>
   </si>
   <si>
     <t>2181/BHM</t>
   </si>
   <si>
     <t>06/08/2024</t>
   </si>
   <si>
     <t>06/08/2025</t>
   </si>
   <si>
     <t>SARAFAT KHAN</t>
   </si>
   <si>
     <t>RTOR000030/2024-2025</t>
   </si>
   <si>
     <t>2453/BHM</t>
   </si>
   <si>
     <t>30/08/2024</t>
   </si>