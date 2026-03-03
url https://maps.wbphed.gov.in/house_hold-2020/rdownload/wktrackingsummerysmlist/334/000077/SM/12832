--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -293,51 +293,51 @@
   <si>
     <t>Providing Tube well materials , conforming to IS : 12818 2010 with other works at site for construction of Tube Well in Derpur (TW-III) , Block-Sainthia, Birbhum District under CDD, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000535/2022-2023</t>
   </si>
   <si>
     <t>488/CMSD-I</t>
   </si>
   <si>
     <t>Providing drilling crews for construction of Tube Well by departmental Rig machine in Derpur (TW-IV), Block - Sainthia, Birbhum District under CDD, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000530/2022-2023</t>
   </si>
   <si>
     <t>494/CMSD-I</t>
   </si>
   <si>
     <t>Different works related to water supply scheme at DERPUR, KURUMSAHA &amp; MATIARA and its adjoining mouzas water supply scheme within SAINTHIA Block including supply of all labour &amp; materials under Birbhum Division, PHE Dte.</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
-    <t>JE</t>
+    <t>JE,JE1</t>
   </si>
   <si>
     <t>ORD/000056/2023-2024</t>
   </si>
   <si>
     <t>1245/BHM</t>
   </si>
   <si>
     <t>17/04/2023</t>
   </si>
   <si>
     <t>26/03/2026</t>
   </si>
   <si>
     <t>BRAHMA CONSTRUCTION COMPANY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -906,54 +906,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>10.49</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.6</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>81.95</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -969,54 +969,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P4" s="4">
         <v>10.49</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.18</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>77.98</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1032,54 +1032,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P5" s="4">
         <v>10.49</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.64</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>82.41</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1272,54 +1272,54 @@
       <c r="I9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>28.71</v>
       </c>
       <c r="Q9" s="4">
-        <v>25.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>89.91</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1335,54 +1335,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>0.86</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.19</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>253.22</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>30</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1398,54 +1398,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P11" s="4">
         <v>2.66</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>93.96</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1461,54 +1461,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P12" s="4">
         <v>2.66</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.59</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>97.31</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1524,54 +1524,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P13" s="4">
         <v>4.18</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.76</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>89.89</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1587,54 +1587,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P14" s="4">
         <v>3.77</v>
       </c>
       <c r="Q14" s="4">
-        <v>2.56</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>67.93</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1650,54 +1650,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P15" s="4">
         <v>4.18</v>
       </c>
       <c r="Q15" s="4">
-        <v>3.52</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>84.3</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1713,54 +1713,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P16" s="4">
         <v>3.77</v>
       </c>
       <c r="Q16" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>63.33</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1776,88 +1776,88 @@
       <c r="I17" s="13" t="s">
         <v>92</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>93</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="4">
         <v>978.83</v>
       </c>
       <c r="Q17" s="4">
-        <v>252.32</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>25.78</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>65</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>1094.07</v>
       </c>
       <c r="P18" s="8">
-        <v>323.04</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>29.53</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>